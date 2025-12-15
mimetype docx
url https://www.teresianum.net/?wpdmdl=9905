--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -10,51 +10,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="03FBD96C" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002037F8">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>TERESIANUM</w:t>
       </w:r>
@@ -1085,61 +1085,52 @@
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>illustrazione dello stato attuale delle ricerche sugli studi già fatti a proposito del tema (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">status </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>status quaestionis</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>). Questa parte è fondamentale per una tesi di dottorato</w:t>
       </w:r>
       <w:r w:rsidR="005B017F" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5358756D" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="006E2FDF">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
@@ -1424,75 +1415,63 @@
     </w:p>
     <w:p w14:paraId="2FB53B66" w14:textId="5BD79C9B" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00474867" w:rsidP="00474867">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>o</w:t>
+        <w:t>ogni capitolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474867">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dovrebbe avere delle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>gni capitolo</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">brevi </w:t>
+        <w:t xml:space="preserve"> brevi </w:t>
       </w:r>
       <w:r w:rsidRPr="00474867">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>conclusioni riassuntive</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56B476FE" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="006E2FDF">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
@@ -2102,51 +2081,51 @@
         </w:rPr>
         <w:t>, il formato della pagina, foglio A4, corrisponde a cm 21 x cm 29,7.</w:t>
       </w:r>
       <w:r w:rsidR="004D67B2" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Impostare i margini in tal modo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="785B1647" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251735040" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E6799C3" wp14:editId="1782BB03">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-5080</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>133350</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4876800" cy="564515"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="26035"/>
                 <wp:wrapNone/>
                 <wp:docPr id="84" name="Rectangle 98"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -2170,51 +2149,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="6A47F024" id="Rectangle 98" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.4pt;margin-top:10.5pt;width:384pt;height:44.45pt;z-index:251735040;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBX92rUBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DOE2NOEWRrsOA&#10;bh3Q7QMUWbaFyaJGKXGyrx8lp2m23Yr6IIim9Pj4+LS6OfSG7RV6Dbbi+WTKmbISam3biv/4fv9h&#10;yZkPwtbCgFUVPyrPb9bv360GV6oZdGBqhYxArC8HV/EuBFdmmZed6oWfgFOWkg1gLwKF2GY1ioHQ&#10;e5PNptNFNgDWDkEq7+nv3Zjk64TfNEqGx6bxKjBTceIW0opp3cY1W69E2aJwnZYnGuIVLHqhLRU9&#10;Q92JINgO9X9QvZYIHpowkdBn0DRaqtQDdZNP/+nmqRNOpV5IHO/OMvm3g5Vf90/uG0bq3j2A/OmZ&#10;hU0nbKtuEWHolKipXB6Fygbny/OFGHi6yrbDF6hptGIXIGlwaLCPgNQdOySpj2ep1SEwST/ny6vF&#10;ckoTkZQrFvMiL1IJUT7fdujDJwU9i5uKI40yoYv9gw+RjSifj8RiFu61MWmcxrKh4tfFrEgXPBhd&#10;x2RqEtvtxiDbi2iI9J3q/nWs14FsaXRfcWJJ32iUqMZHW6cqQWgz7omJsSd5oiLRfL7cQn0kdRBG&#10;z9EboU0H+JuzgfxWcf9rJ1BxZj5bUvg6n8+jQVMwL65mFOBlZnuZEVYSVMUDZ+N2E0ZT7xzqtqNK&#10;eerdwi1NpdFJsBdWJ7LkqaTjyf/RtJdxOvXyStd/AAAA//8DAFBLAwQUAAYACAAAACEAqATK59wA&#10;AAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTSLQ0xKkCotdKFCTamxsv&#10;dtR4HcVuE/6e7QmOoxnNvCnXk+/EBYfYBlIwn2UgkJpgWrIKPj82D08gYtJkdBcIFfxghHV1e1Pq&#10;woSR3vGyS1ZwCcVCK3Ap9YWUsXHodZyFHom97zB4nVgOVppBj1zuO5ln2UJ63RIvON3jq8PmtDt7&#10;BW/9YVs/2ijrr+T2p/AybtzWKnV/N9XPIBJO6S8MV3xGh4qZjuFMJopOwRU8Kcjn/Ijt5WKZgzhy&#10;LlutQFal/H+g+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBX92rUBgIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCoBMrn3AAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAGAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="597290B0" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
@@ -2313,51 +2292,51 @@
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F72A492" w14:textId="0844554A" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251737088" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BD47AC6" wp14:editId="3176EE06">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-17145</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5812155" cy="1033780"/>
                 <wp:effectExtent l="13335" t="12700" r="13335" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="80" name="Rectangle 100"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -2381,51 +2360,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="3D2F8DC7" id="Rectangle 100" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:-1.35pt;width:457.65pt;height:81.4pt;z-index:251737088;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWUpYICAIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m6hnVR02nqGEIa&#10;A2nwA1zHSSxsnzm7Tcuv5+x2XQVviDxYvpz93X3ffV7e7q1hO4VBg2t4OZlyppyEVru+4d+/Pbxb&#10;cBaicK0w4FTDDyrw29XbN8vR12oGA5hWISMQF+rRN3yI0ddFEeSgrAgT8MpRsgO0IlKIfdGiGAnd&#10;mmI2nb4vRsDWI0gVAv29Pyb5KuN3nZLxS9cFFZlpOPUW84p53aS1WC1F3aPwg5anNsQ/dGGFdlT0&#10;DHUvomBb1H9BWS0RAnRxIsEW0HVaqsyB2JTTP9g8D8KrzIXECf4sU/h/sPJp9+y/Ymo9+EeQPwJz&#10;sB6E69UdIoyDEi2VK5NQxehDfb6QgkBX2Wb8DC2NVmwjZA32HdoESOzYPkt9OEut9pFJ+lktyllZ&#10;VZxJypXTq6vrRR5GIeqX6x5D/KjAsrRpONIsM7zYPYaY2hH1y5FUzcGDNibP0zg2NvymmlX5QgCj&#10;25TMLLHfrA2ynUiOyF/mRvwvj1kdyZdG24YvzodEneT44NpcJQptjnvqxLiTPkmS5L5Qb6A9kDwI&#10;R9PRI6HNAPiLs5EM1/DwcytQcWY+OZL4ppzPk0NzMK+uZxTgZWZzmRFOElTDI2fH7ToeXb31qPuB&#10;KpWZu4M7Gkuns2CvXZ2aJVNlHU8PILn2Ms6nXp/p6jcAAAD//wMAUEsDBBQABgAIAAAAIQBje7Qh&#10;3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW9pJG6w0nQpi10kMJMYt&#10;a0xSrXGqJlvL2+Od4GRZ/6ffn8vN5DtxwSG2gRTk8wwEUhNMS1bBx/t29ggiJk1Gd4FQwQ9G2FS3&#10;N6UuTBjpDS/7ZAWXUCy0ApdSX0gZG4dex3nokTj7DoPXidfBSjPokct9JxdZtpJet8QXnO7xxWFz&#10;2p+9gtf+a1cvbZT1Z3KHU3get25nlbq/m+onEAmn9AfDVZ/VoWKnYziTiaJTMFsweB0PIDhe58sc&#10;xJG5VZaDrEr5/4HqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABZSlggIAgAA7gMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGN7tCHcAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAAYgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> p. 1:</w:t>
       </w:r>
       <w:r w:rsidR="00B77103">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> F</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2575,51 +2554,51 @@
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Per le tesi pubblicate:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F67CA54" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251738112" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A962BD4" wp14:editId="2E1C4114">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>106680</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5233670" cy="835025"/>
                 <wp:effectExtent l="13335" t="12700" r="10795" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="79" name="Rectangle 101"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -2643,127 +2622,105 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="1B46FBE5" id="Rectangle 101" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:8.4pt;width:412.1pt;height:65.75pt;z-index:251738112;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCH/VaFAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjXXow4RZGuw4Du&#10;AnT7AEaWbWGyqFFKnOzrRylpGmxvw/wgiKZ0eHh4tLzb91bsNAWDrpKT0VgK7RTWxrWV/P7t8d2N&#10;FCGCq8Gi05U86CDvVm/fLAdf6il2aGtNgkFcKAdfyS5GXxZFUJ3uIYzQa8fJBqmHyCG1RU0wMHpv&#10;i+l4fFUMSLUnVDoE/vtwTMpVxm8areKXpgk6CltJ5hbzSnndpLVYLaFsCXxn1IkG/AOLHozjomeo&#10;B4ggtmT+guqNIgzYxJHCvsCmMUrnHribyfiPbp478Dr3wuIEf5Yp/D9Y9Xn37L9Soh78E6ofQThc&#10;d+BafU+EQ6eh5nKTJFQx+FCeL6Qg8FWxGT5hzaOFbcSswb6hPgFyd2KfpT6cpdb7KBT/XExns6tr&#10;noji3M1sMZ4ucgkoX257CvGDxl6kTSWJR5nRYfcUYmID5cuRVMzho7E2j9M6MVTydsGQuS+0pk7J&#10;HFC7WVsSO0iGyN+pbrg81pvItrSmZ3LnQ1AmNd67OleJYOxxz0ysO8mTFEnmC+UG6wOrQ3j0HL8R&#10;3nRIv6QY2G+VDD+3QFoK+9GxwreT+TwZNAfzxfWUA7rMbC4z4BRDVTJKcdyu49HUW0+m7bjSJPfu&#10;8J6n0pgs2CurE1n2VNbx5P9k2ss4n3p9pavfAAAA//8DAFBLAwQUAAYACAAAACEAP6r3fNwAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FqHUKooxKkCotdKtEjAzY0XO2q8&#10;jmK3CX/PcoLjzoxm51Wb2ffigmPsAim4W2YgkNpgOrIK3g7bRQEiJk1G94FQwTdG2NTXV5UuTZjo&#10;FS/7ZAWXUCy1ApfSUEoZW4dex2UYkNj7CqPXic/RSjPqict9L/MsW0uvO+IPTg/47LA97c9ewcvw&#10;uWsebJTNe3Ifp/A0bd3OKnV7MzePIBLO6S8Mv/N5OtS86RjOZKLoFSxyDrK8ZgC2i3zFaEcWVsU9&#10;yLqS/wHqHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCH/VaFAwIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA/qvd83AAAAAgBAAAPAAAA&#10;AAAAAAAAAAAAAF0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BC9E10A" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> p. 1: Facoltà, specializzazione, tema, nome dell’autore, città, anno di pubblicazione.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ACB2576" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> p. 2: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vidimus</w:t>
-[...21 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Vidimus et approbavimus</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, nome del moderatore e dei censori.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E68D7D7" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
@@ -3177,51 +3134,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Il lineato lungo, detto «lineato al quadratone», (―) viene usato per indicare un inciso abbastanza lungo nel testo. Es.: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C6F7ED4" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CF966AC" wp14:editId="49FCBA08">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>202565</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5842800" cy="867600"/>
                 <wp:effectExtent l="0" t="0" r="24765" b="27940"/>
                 <wp:wrapNone/>
                 <wp:docPr id="78" name="Rectangle 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -3245,51 +3202,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="75E3980D" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:15.95pt;width:460.05pt;height:68.3pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAKF7twAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06CJE2NOEWRrsOA&#10;bh3Q7QMUWbaFSaJGKXGyrx8lp2m23Yr6IJAm9Ug+Pq1uDtawvcKgwVV8MhpzppyEWru24j++339Y&#10;chaicLUw4FTFjyrwm/X7d6vel2oKHZhaISMQF8reV7yL0ZdFEWSnrAgj8MpRsAG0IpKLbVGj6And&#10;mmI6Hi+KHrD2CFKFQH/vhiBfZ/ymUTI+Nk1QkZmKU28xn5jPbTqL9UqULQrfaXlqQ7yiCyu0o6Jn&#10;qDsRBduh/g/KaokQoIkjCbaAptFS5Rlomsn4n2meOuFVnoXICf5MU3g7WPl1/+S/YWo9+AeQPwNz&#10;sOmEa9UtIvSdEjWVmySiit6H8nwhOYGusm3/BWpardhFyBwcGrQJkKZjh0z18Uy1OkQm6ed8OZsu&#10;x7QRSbHl4mpBdiohyufbHkP8pMCyZFQcaZUZXewfQhxSn1NSMQf32pi8TuNYX/Hr+XSeLwQwuk7B&#10;PCS2241BthdJEPk71f0rzepIsjTaUnPnJFEmNj66OleJQpvBpqaNO9GTGEniC+UW6iOxgzBojt4I&#10;GR3gb8560lvFw6+dQMWZ+eyI4evJbJYEmp3Z/GpKDl5GtpcR4SRBVTxyNpibOIh651G3HVWa5Nkd&#10;3NJWGp0Je+nq1CxpKlN+0n8S7aWfs15e6foPAAAA//8DAFBLAwQUAAYACAAAACEAd8p37NwAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTolZtGqcKiF4rUZCgNzde7Kjx&#10;OordJvw9ywmOoxnNvCm3k+/EFYfYBlKQzzIQSE0wLVkF72+7hxWImDQZ3QVCBd8YYVvd3pS6MGGk&#10;V7wekhVcQrHQClxKfSFlbBx6HWehR2LvKwxeJ5aDlWbQI5f7Ts6zbCm9bokXnO7x2WFzPly8gpf+&#10;uK8XNsr6I7nPc3gad25vlbq/m+oNiIRT+gvDLz6jQ8VMp3AhE0WngI8kBY/5GgS763mWgzhxbLla&#10;gKxK+Z+/+gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAKF7twAwIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB3ynfs3AAAAAcBAAAPAAAA&#10;AAAAAAAAAAAAAF0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C6154F9" w14:textId="0C54479F" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="60" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
@@ -3371,81 +3328,59 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La divisione invece </w:t>
       </w:r>
       <w:r w:rsidR="007B2F29" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>viene effettuata tramite il</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> «trattino» (-), senza spazio né prima né dopo. Esso viene utilizzato per le parole composte (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>father</w:t>
-[...21 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>father-in-law</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, caro-prezzi), per separare i numeri di pagina (12-35), per i versetti di una citazione biblica (Lc 12,2-5), per gli anni in un riferimento storico (1950-2019), per i nomi composti (Jean-Noël = J.-N.) oppure per i cognomi composti (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>González-Montes</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>). Si usa anche il trattino di divisione nel caso della sillabazione alla fine di una riga</w:t>
       </w:r>
@@ -3475,139 +3410,129 @@
       </w:pPr>
       <w:bookmarkStart w:id="138" w:name="_Toc33794761"/>
       <w:bookmarkStart w:id="139" w:name="_Toc33795532"/>
       <w:bookmarkStart w:id="140" w:name="_Toc120694008"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Virgolette</w:t>
       </w:r>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
     </w:p>
     <w:p w14:paraId="2C88309F" w14:textId="198E34C9" w:rsidR="00A11254" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD1AD8">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nella stesura di un lavoro in lingua italiana, le virgolette che vengono utilizzate sono quelle italiane: </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Nella stesura di un lavoro in lingua italiana, le virgolette che vengono utilizzate sono quelle italiane: « ». </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CC1BFA9" w14:textId="05B6B140" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD1AD8">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Qualora vi fosse all’interno del virgolettato la presenza di ulteriori virgolette, si utilizzano quelle alte doppie: </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> Qualora vi fosse all’interno del virgolettato la presenza di ulteriori virgolette, si utilizzano quelle alte doppie: “ ”</w:t>
+      </w:r>
       <w:r w:rsidR="00954B0A" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00954B0A" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>queste possono essere impiegate anche per indicare che si sta ricorrendo ad un vocabolo secondo un’accezione particolare)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE290C3" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD1AD8">
+    <w:p w14:paraId="1FE290C3" w14:textId="3558FD6E" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD1AD8">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>In un terzo livello di necessità si usano le virgolette alte semplici: ‘ ’. Es:</w:t>
+        <w:t>In un terzo livello di necessità si usano le virgolette alte semplici: ‘ ’. Es</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51D83E90" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A600199" wp14:editId="7F79AB7B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>101600</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5364000" cy="324000"/>
                 <wp:effectExtent l="0" t="0" r="27305" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="77" name="Rectangle 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -3631,51 +3556,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="74C342A0" id="Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:8pt;width:422.35pt;height:25.5pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADCh93AwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSpGuNOEWRrsOA&#10;rhvQ9QMUWbaFSaJGKXGyrx8lp2mw3Yr5IJAm9Ug+Pi1v9tawncKgwdV8Oik5U05Co11X8+cf9x+u&#10;OAtRuEYYcKrmBxX4zer9u+XgKzWDHkyjkBGIC9Xga97H6KuiCLJXVoQJeOUo2AJaEcnFrmhQDIRu&#10;TTEry8tiAGw8glQh0N+7MchXGb9tlYzf2jaoyEzNqbeYT8znJp3FaimqDoXvtTy2Id7QhRXaUdET&#10;1J2Igm1R/wNltUQI0MaJBFtA22qp8gw0zbT8a5qnXniVZyFygj/RFP4frHzcPfnvmFoP/gHkz8Ac&#10;rHvhOnWLCEOvREPlpomoYvChOl1ITqCrbDN8hYZWK7YRMgf7Fm0CpOnYPlN9OFGt9pFJ+rm4uJyX&#10;JW1EUuxilu1UQlQvtz2G+FmBZcmoOdIqM7rYPYQ4pr6kpGIO7rUxeZ3GsaHm14vZIl8IYHSTgnlI&#10;7DZrg2wnkiDyl0ej8c/TrI4kS6Ntza9OSaJKbHxyTa4ShTajTU0bd6QnMZLEF6oNNAdiB2HUHL0R&#10;MnrA35wNpLeah19bgYoz88URw9fT+TwJNDvzxccZOXge2ZxHhJMEVfPI2Wiu4yjqrUfd9VRpmmd3&#10;cEtbaXUm7LWrY7OkqUz5Uf9JtOd+znp9pas/AAAA//8DAFBLAwQUAAYACAAAACEAqQ5bG9wAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j7D5En7cZS0Oim0nQqiF0nMZCAW9aYpFrj&#10;VE22dv8ec4KT9fys9z6X28l34oJDbAMpuFtmIJCaYFqyCt7fdrcbEDFpMroLhAquGGFbzW5KXZgw&#10;0iteDskKDqFYaAUupb6QMjYOvY7L0COx9x0GrxPLwUoz6JHDfSfvsyyXXrfEDU73+OywOR3OXsFL&#10;/7WvH2yU9Udyn6fwNO7c3iq1mE/1I4iEU/o7hl98RoeKmY7hTCaKTgE/knib82R3s1qtQRwV5OsM&#10;ZFXK//jVDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQADCh93AwIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCpDlsb3AAAAAYBAAAPAAAA&#10;AAAAAAAAAAAAAF0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE4FD37" w14:textId="5DFBFDC6" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00984FF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Maria scrisse: «Giovanni uscì di casa e disse “ecco il nostro ‘fratellastro’ che viene”».</w:t>
       </w:r>
@@ -3727,51 +3652,51 @@
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Si usano le parentesi tonde per indicare un inciso. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69278913" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00357630">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251739136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19F549BB" wp14:editId="79B48112">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>146685</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5781600" cy="810000"/>
                 <wp:effectExtent l="0" t="0" r="10160" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="76" name="Rectangle 103"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -3795,51 +3720,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="6B6D83BF" id="Rectangle 103" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:11.55pt;width:455.25pt;height:63.8pt;z-index:251739136;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARbDz4AwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mqduuiptPUMYQ0&#10;GNLgB7iOk1jYPnN2m5Zfz9ntugJviDxYvpz93XfffV7e7q1hO4VBg2t4NSk5U05Cq13f8G9fH94t&#10;OAtRuFYYcKrhBxX47ertm+XoazWFAUyrkBGIC/XoGz7E6OuiCHJQVoQJeOUo2QFaESnEvmhRjIRu&#10;TTEty6tiBGw9glQh0N/7Y5KvMn7XKRmfui6oyEzDiVvMK+Z1k9ZitRR1j8IPWp5oiH9gYYV2VPQM&#10;dS+iYFvUf0FZLRECdHEiwRbQdVqq3AN1U5V/dPM8CK9yLyRO8GeZwv+DlZ93z/4LJurBP4L8HpiD&#10;9SBcr+4QYRyUaKlclYQqRh/q84UUBLrKNuMnaGm0Yhsha7Dv0CZA6o7ts9SHs9RqH5mkn/PrRXVV&#10;0kQk5RZVSV8uIeqX2x5D/KDAsrRpONIoM7rYPYaY2Ij65Ugq5uBBG5PHaRwbG34zn87zhQBGtymZ&#10;m8R+szbIdiIZIn+nur8dszqSLY22RO58SNRJjfeuzVWi0Oa4JybGneRJiiTzhXoD7YHUQTh6jt4I&#10;bQbAn5yN5LeGhx9bgYoz89GRwjfVbJYMmoPZ/HpKAV5mNpcZ4SRBNTxydtyu49HUW4+6H6hSlXt3&#10;cEdT6XQW7JXViSx5Kut48n8y7WWcT72+0tUvAAAA//8DAFBLAwQUAAYACAAAACEA6RI/btwAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KidovAT4lQB0WslChLtzU0WO2q8&#10;jmK3CW/PcoLjaEYz35Sr2ffijGPsAmnIFgoEUhPajqyGj/f1zQOImAy1pg+EGr4xwqq6vChN0YaJ&#10;3vC8TVZwCcXCaHApDYWUsXHoTVyEAYm9rzB6k1iOVrajmbjc93Kp1J30piNecGbAF4fNcXvyGl6H&#10;/abObZT1Z3K7Y3ie1m5jtb6+musnEAnn9BeGX3xGh4qZDuFEbRS9Bj6SNCxvMxDsPmYqB3HgWK7u&#10;QVal/M9f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQARbDz4AwIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpEj9u3AAAAAcBAAAPAAAA&#10;AAAAAAAAAAAAAF0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CC290FE" w14:textId="1B33E34A" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00D7225D">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>«Entro il primo anno di studio gli studenti devono raggiungere il livello B1 (secondo le norme della Comunità Europea) di conoscenza della lingua italiana; ciò va verificato con un esame presso la nostra Facoltà»</w:t>
@@ -3882,51 +3807,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Si usano le parentesi tonde per racchiudere un commento. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149596A5" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251740160" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="757CC0EF" wp14:editId="1CC88541">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>122555</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788800" cy="572400"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="18415"/>
                 <wp:wrapNone/>
                 <wp:docPr id="75" name="Rectangle 104"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -3950,51 +3875,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="26B76F69" id="Rectangle 104" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:9.65pt;width:455.8pt;height:45.05pt;z-index:251740160;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6ZVIsAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkjU14hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx8lp2m2vhXTg0CK0iF5eLS6OVjD9gqDBlfz6aTkTDkJjXZdzX98v3+3&#10;5CxE4RphwKmaH1XgN+u3b1aDr9QMejCNQkYgLlSDr3kfo6+KIsheWREm4JWjYAtoRSQXu6JBMRC6&#10;NcWsLN8XA2DjEaQKgU7vxiBfZ/y2VTJ+bdugIjM1p9pi3jHv27QX65WoOhS+1/JUhnhFFVZoR0nP&#10;UHciCrZD/QLKaokQoI0TCbaAttVS5R6om2n5TzePvfAq90LkBH+mKfw/WPll/+i/YSo9+AeQPwNz&#10;sOmF69QtIgy9Eg2lmyaiisGH6vwgOYGesu3wGRoardhFyBwcWrQJkLpjh0z18Uy1OkQm6XBxtVwu&#10;S5qIpNjiajYnO6UQ1dNrjyF+VGBZMmqONMqMLvYPIY5Xn66kZA7utTF5nMaxoebXi9kiPwhgdJOC&#10;uUnsthuDbC+SIPI65f3rmtWRZGm0rTlVSWsUSmLjg2tylii0GW0q2rgTPYmRJL5QbaE5EjsIo+bo&#10;j5DRA/7mbCC91Tz82glUnJlPjhi+ns7nSaDZmRMj5OBlZHsZEU4SVM0jZ6O5iaOodx5111Omae7d&#10;wS1NpdWZsOeqTsWSpjLlJ/0n0V76+dbzL13/AQAA//8DAFBLAwQUAAYACAAAACEABRMkp9wAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgTfqomxKkCotdKFCTKzY0XO2q8&#10;jmK3CW/PcoLjzKxmvq3Ws+/FGcfYBVKQLzIQSG0wHVkF72+bmxWImDQZ3QdCBd8YYV1fXlS6NGGi&#10;VzzvkhVcQrHUClxKQyllbB16HRdhQOLsK4xeJ5ajlWbUE5f7Xt5m2VJ63REvOD3gs8P2uDt5BS/D&#10;57Z5sFE2H8ntj+Fp2ritVer6am4eQSSc098x/OIzOtTMdAgnMlH0CviRxG5xB4LTIs+XIA5sZMU9&#10;yLqS//nrHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6ZVIsAwIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAFEySn3AAAAAcBAAAPAAAA&#10;AAAAAAAAAAAAAF0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C1062B" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00984FF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L’esposizione solleva subito la questione della mancanza di un figlio nella coppia (cosa che non sorprende il lettore)</w:t>
       </w:r>
@@ -4036,51 +3961,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Si usano anche le parentesi tonde per inserire i riferimenti biblici nel corpo del testo. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="257A4514" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251741184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F833954" wp14:editId="53ACCFE0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>114935</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788800" cy="579600"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="74" name="Rectangle 105"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -4104,93 +4029,75 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="2AE4F6E1" id="Rectangle 105" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:9.05pt;width:455.8pt;height:45.65pt;z-index:251741184;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDyE/xBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuEzEQvSPxD5bvZJMoaZJVNlWVUoRU&#10;KFLhAxyvd9fC9pixk034esbeNA1wQ/hgzXjsNzNvnte3R2vYQWHQ4Co+GY05U05CrV1b8W9fH94t&#10;OQtRuFoYcKriJxX47ebtm3XvSzWFDkytkBGIC2XvK97F6MuiCLJTVoQReOUo2ABaEcnFtqhR9IRu&#10;TTEdj2+KHrD2CFKFQKf3Q5BvMn7TKBmfmiaoyEzFqbaYd8z7Lu3FZi3KFoXvtDyXIf6hCiu0o6QX&#10;qHsRBduj/gvKaokQoIkjCbaAptFS5R6om8n4j26eO+FV7oXICf5CU/h/sPLz4dl/wVR68I8gvwfm&#10;YNsJ16o7ROg7JWpKN0lEFb0P5eVBcgI9Zbv+E9Q0WrGPkDk4NmgTIHXHjpnq04VqdYxM0uF8sVwu&#10;xzQRSbH5YnVDdkohypfXHkP8oMCyZFQcaZQZXRweQxyuvlxJyRw8aGPyOI1jfcVX8+k8PwhgdJ2C&#10;uUlsd1uD7CCSIPI65/3tmtWRZGm0rThVSWsQSmLjvatzlii0GWwq2rgzPYmRJL5Q7qA+ETsIg+bo&#10;j5DRAf7krCe9VTz82AtUnJmPjhheTWazJNDszOaLKTl4HdldR4STBFXxyNlgbuMg6r1H3XaUaZJ7&#10;d3BHU2l0Juy1qnOxpKlM+Vn/SbTXfr71+ks3vwAAAP//AwBQSwMEFAAGAAgAAAAhAJjGPfDcAAAA&#10;BwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxaJ6hUbYhTBdReK1GQgJsbL3bU&#10;eB3FbhP+nuVUjjOzmnlbbibfiQsOsQ2kIJ9nIJCaYFqyCt7fdrMViJg0Gd0FQgU/GGFT3d6UujBh&#10;pFe8HJIVXEKx0ApcSn0hZWwceh3noUfi7DsMXieWg5Vm0COX+04+ZNlSet0SLzjd44vD5nQ4ewXb&#10;/mtfP9oo64/kPk/hedy5vVXq/m6qn0AknNL1GP7wGR0qZjqGM5koOgX8SGJ3lYPgdJ3nSxBHNrL1&#10;AmRVyv/81S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg8hP8QQCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmMY98NwAAAAHAQAADwAA&#10;AAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB8E4C8" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00984FF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Come nel caso dei samaritani (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 4,41-42), la sua fede [del funzionario regio] nella parola di Gesù produce non solo un miracolo, ma anche la conoscenza (cf. v. 53)</w:t>
+        <w:t>Come nel caso dei samaritani (Gv 4,41-42), la sua fede [del funzionario regio] nella parola di Gesù produce non solo un miracolo, ma anche la conoscenza (cf. v. 53)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="762DC8A9" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -4208,51 +4115,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Si usano le parentesi tonde per racchiudere le parole straniere nel corpo del testo. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C5A7E1" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="60" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251742208" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12736A72" wp14:editId="1480CF75">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>22860</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>149860</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5764530" cy="525145"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="27305"/>
                 <wp:wrapNone/>
                 <wp:docPr id="73" name="Rectangle 106"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -4276,200 +4183,212 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="11A6E142" id="Rectangle 106" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.8pt;margin-top:11.8pt;width:453.9pt;height:41.35pt;z-index:251742208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVDcslBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjOkl6MOEWRrsOA&#10;7gJ0+wBGlm1hsqhRSpzu60cpaZptb8P8IIgmeUgeHi1v9oMVO03BoKtlOZlKoZ3Cxriult++3r+5&#10;kiJEcA1YdLqWTzrIm9XrV8vRV3qGPdpGk2AQF6rR17KP0VdFEVSvBwgT9Nqxs0UaILJJXdEQjIw+&#10;2GI2nV4UI1LjCZUOgf/eHZxylfHbVqv4uW2DjsLWknuL+aR8btJZrJZQdQS+N+rYBvxDFwMYx0VP&#10;UHcQQWzJ/AU1GEUYsI0ThUOBbWuUzjPwNOX0j2kee/A6z8LkBH+iKfw/WPVp9+i/UGo9+AdU34Nw&#10;uO7BdfqWCMdeQ8PlykRUMfpQnRKSEThVbMaP2PBqYRsxc7BvaUiAPJ3YZ6qfTlTrfRSKfy4uL+aL&#10;t7wRxb7FbFHOF7kEVM/ZnkJ8r3EQ6VJL4lVmdNg9hJi6geo5JBVzeG+szeu0Toy1vGbUnBDQmiY5&#10;85DUbdaWxA6SIPJ3rPtb2GAiy9KaoZZXpyCoEhvvXJOrRDD2cOdOrDvSkxhJ4gvVBpsnZofwoDl+&#10;I3zpkX5KMbLeahl+bIG0FPaDY4avy/k8CTQb88XljA0692zOPeAUQ9UySnG4ruNB1FtPpuu5Upln&#10;d3jLW2lNJuylq2OzrKnM41H/SbTndo56eaWrXwAAAP//AwBQSwMEFAAGAAgAAAAhALEsNYPcAAAA&#10;CAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s7QYVlKZTQew6iYEE3LLGJNUa&#10;p2qytbw93glOlvV/+v25Ws++FyccYxdIQb7IQCC1wXRkFby/bW7uQcSkyeg+ECr4wQjr+vKi0qUJ&#10;E73iaZes4BKKpVbgUhpKKWPr0Ou4CAMSZ99h9DrxOlppRj1xue/lMssK6XVHfMHpAZ8dtofd0St4&#10;Gb62zZ2NsvlI7vMQnqaN21qlrq/m5hFEwjn9wXDWZ3Wo2WkfjmSi6BWsCgYVLM+T44c8vwWxZy4r&#10;ViDrSv5/oP4FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVQ3LJQQCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAsSw1g9wAAAAIAQAADwAA&#10;AAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC65048" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00984FF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Il matrimonio è visto come rimedio alla parte istintiva dell’uomo (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>remedium</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>concupiscentiae</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) e giustificato in ordine alla procreazione dei figli</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C02C994" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="60" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31FBEA10" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD3738">
+    <w:p w14:paraId="31FBEA10" w14:textId="455A380E" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">– Si usano le parentesi quadre quando all’interno di un testo viene omessa una parte di testo. In questo caso si mettono </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tre punti</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tra le parentesi quadre. Es:</w:t>
+        <w:t xml:space="preserve"> tra le parentesi quadre. Es</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="284F439A" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A6E0909" wp14:editId="523E1C9C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>134620</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788800" cy="820800"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="17780"/>
                 <wp:wrapNone/>
                 <wp:docPr id="72" name="Rectangle 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -4493,51 +4412,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="58DBC614" id="Rectangle 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:10.6pt;width:455.8pt;height:64.65pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDV4T7VAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkjU14hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx8lp2m2vhXzg0Ca1CF5eLS6OVjD9gqDBlfz6aTkTDkJjXZdzX98v3+3&#10;5CxE4RphwKmaH1XgN+u3b1aDr9QMejCNQkYgLlSDr3kfo6+KIsheWREm4JWjYAtoRSQXu6JBMRC6&#10;NcWsLN8XA2DjEaQKgf7ejUG+zvhtq2T82rZBRWZqTr3FfGI+t+ks1itRdSh8r+WpDfGKLqzQjoqe&#10;oe5EFGyH+gWU1RIhQBsnEmwBbaulyjPQNNPyn2kee+FVnoXICf5MU/h/sPLL/tF/w9R68A8gfwbm&#10;YNML16lbRBh6JRoqN01EFYMP1flCcgJdZdvhMzS0WrGLkDk4tGgTIE3HDpnq45lqdYhM0s/F1XK5&#10;LGkjkmLLWZnsVEJUT7c9hvhRgWXJqDnSKjO62D+EOKY+paRiDu61MXmdxrGh5teL2SJfCGB0k4J5&#10;SOy2G4NsL5Ig8neq+1ea1ZFkabSl5s5JokpsfHBNrhKFNqNNTRt3oicxksQXqi00R2IHYdQcvREy&#10;esDfnA2kt5qHXzuBijPzyRHD19P5PAk0O/PF1YwcvIxsLyPCSYKqeeRsNDdxFPXOo+56qjTNszu4&#10;pa20OhP23NWpWdJUpvyk/yTaSz9nPb/S9R8AAAD//wMAUEsDBBQABgAIAAAAIQD+CFPh2wAAAAcB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJNIqSDEqQKi10qUSsDNjRc7aryO&#10;YrcJf89yguNoRjNv6s3iB3HBKfaBFOSrDARSF0xPVsHhbXt3DyImTUYPgVDBN0bYNNdXta5MmOkV&#10;L/tkBZdQrLQCl9JYSRk7h17HVRiR2PsKk9eJ5WSlmfTM5X6QRZatpdc98YLTIz477E77s1fwMn7u&#10;2tJG2b4n93EKT/PW7axStzdL+wgi4ZL+wvCLz+jQMNMxnMlEMSjgI0lBkRcg2H3I8zWII8fKrATZ&#10;1PI/f/MDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1eE+1QICAADtAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/ghT4dsAAAAHAQAADwAAAAAA&#10;AAAAAAAAAABcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E131FB" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">«Già i padri della Chiesa distinguevano due approcci al mistero della Trinità cui davano il nome di </w:t>
@@ -4618,51 +4537,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– Si usano le parentesi quadre all’interno di una frase già contenuta tra parentesi tonde. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4928F8C8" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49FBD3B6" wp14:editId="171665D2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>133350</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4302000" cy="284400"/>
                 <wp:effectExtent l="0" t="0" r="22860" b="20955"/>
                 <wp:wrapNone/>
                 <wp:docPr id="71" name="Rectangle 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -4686,51 +4605,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="360AC932" id="Rectangle 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:10.5pt;width:338.75pt;height:22.4pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3/yVHAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJki014hRFug4D&#10;ugvQ7QMYWbaFyaJGKXGyrx8lp2m3vQ3zg0Ca1CF5eLS+PvZWHDQFg66Ss8lUCu0U1sa1lfz29e7V&#10;SooQwdVg0elKnnSQ15uXL9aDL/UcO7S1JsEgLpSDr2QXoy+LIqhO9xAm6LXjYIPUQ2SX2qImGBi9&#10;t8V8On1TDEi1J1Q6BP57OwblJuM3jVbxc9MEHYWtJPcW80n53KWz2KyhbAl8Z9S5DfiHLnowjote&#10;oG4hgtiT+QuqN4owYBMnCvsCm8YonWfgaWbTP6Z56MDrPAuTE/yFpvD/YNWnw4P/Qqn14O9RfQ/C&#10;4bYD1+obIhw6DTWXmyWiisGH8nIhOYGvit3wEWteLewjZg6ODfUJkKcTx0z16UK1Pkah+Ofi9ZTX&#10;xxtRHJuvFgu2UwkoH297CvG9xl4ko5LEq8zocLgPcUx9TEnFHN4Za/M6rRNDJa+W82W+ENCaOgXz&#10;kNTutpbEAZIg8neu+1tabyLL0pq+kqtLEpSJjXeuzlUiGDva3LR1Z3oSI0l8odxhfWJ2CEfN8Rth&#10;o0P6KcXAeqtk+LEH0lLYD44ZvpoxByzQ7CyWb+fs0PPI7nkEnGKoSkYpRnMbR1HvPZm240qzPLvD&#10;G95KYzJhT12dm2VNZcrP+k+ife7nrKdXuvkFAAD//wMAUEsDBBQABgAIAAAAIQDgAhRq3AAAAAYB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyJO4sXSTuk2l6VQQu05iTAJuWeMl1Rqn&#10;arK1/HvMCU5+1rPe+1xuJ9+JGw6xDaRgMc9AIDXBtGQVHN93jxsQMWkyuguECr4xwra6vyt1YcJI&#10;b3g7JCs4hGKhFbiU+kLK2Dj0Os5Dj8TeOQxeJ14HK82gRw73nVxm2Up63RI3ON3ji8Pmcrh6Ba/9&#10;177ObZT1R3Kfl/A87tzeKvUwm+onEAmn9HcMv/iMDhUzncKVTBSdAn4kKVgueLK7Wq9zECcW+QZk&#10;Vcr/+NUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHf/JUcCAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOACFGrcAAAABgEAAA8AAAAA&#10;AAAAAAAAAAAAXAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="43DCEBEB" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00984FF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(la casa di Dio [il Tempio] fu costruita sul punto più alto del paese)</w:t>
       </w:r>
@@ -4757,51 +4676,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– Si usano anche le parentesi quadre quando l’autore del lavoro interviene all’interno di una citazione: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A07FBEF" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E231C8D" wp14:editId="4FB6A4B5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>153670</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5842800" cy="525600"/>
                 <wp:effectExtent l="0" t="0" r="24765" b="27305"/>
                 <wp:wrapNone/>
                 <wp:docPr id="70" name="Rectangle 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -4825,51 +4744,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="363EA3AD" id="Rectangle 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:12.1pt;width:460.05pt;height:41.4pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgLxXhAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJki414hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx8lu2m2vhXTg0CK0iF5eLS+OVrDDgqDBlfx2WTKmXISau3aiv/4fv9u&#10;xVmIwtXCgFMVP6nAbzZv36x7X6o5dGBqhYxAXCh7X/EuRl8WRZCdsiJMwCtHwQbQikgutkWNoid0&#10;a4r5dHpV9IC1R5AqBDq9G4J8k/GbRsn4tWmCisxUnGqLece879JebNaibFH4TsuxDPGKKqzQjpKe&#10;oe5EFGyP+gWU1RIhQBMnEmwBTaOlyj1QN7PpP908dsKr3AuRE/yZpvD/YOWXw6P/hqn04B9A/gzM&#10;wbYTrlW3iNB3StSUbpaIKnofyvOD5AR6ynb9Z6hptGIfIXNwbNAmQOqOHTPVpzPV6hiZpMPlajFf&#10;TWkikmLL+fKK7JRClE+vPYb4UYFlyag40igzujg8hDhcfbqSkjm418bkcRrH+opfE2p+EMDoOgVz&#10;k9jutgbZQSRB5DXm/eua1ZFkabStOFVJaxBKYuODq3OWKLQZbCrauJGexEgSXyh3UJ+IHYRBc/RH&#10;yOgAf3PWk94qHn7tBSrOzCdHDF/PFosk0Owslu/n5OBlZHcZEU4SVMUjZ4O5jYOo9x5121GmWe7d&#10;wS1NpdGZsOeqxmJJU5nyUf9JtJd+vvX8Szd/AAAA//8DAFBLAwQUAAYACAAAACEANKspRtsAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjdiN8QpwqIXitRkICbGy921Hgd&#10;xW4T3p7lRI+jGc18U63m0IsjjqmLpGG5UCCQ2mg7chre39ZX9yBSNmRNHwk1/GCCVX1+VpnSxole&#10;8bjNTnAJpdJo8DkPpZSp9RhMWsQBib3vOAaTWY5O2tFMXB56WSh1K4PpiBe8GfDZY7vfHoKGl+Fr&#10;09y4JJuP7D/38Wla+43T+vJibh5BZJzzfxj+8BkdambaxQPZJHoNfCRrKK4LEOw+FGoJYscxdadA&#10;1pU85a9/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACAvFeEDAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADSrKUbbAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAAXQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F58D564" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="004D0A3C">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">«Le singole strofe del </w:t>
       </w:r>
@@ -5111,51 +5030,51 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> si vuole sottolineare o dare enfasi a una parola o un’espressione. Es.: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73344DEF" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C8FCF58" wp14:editId="74124040">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>26035</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>122555</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5772150" cy="577215"/>
                 <wp:effectExtent l="12065" t="10160" r="6985" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="69" name="Rectangle 15"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -5179,51 +5098,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="2887F45F" id="Rectangle 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:2.05pt;margin-top:9.65pt;width:454.5pt;height:45.45pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJzCdZAQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkqU14hRFug4D&#10;ugvQ7QMYWY6FyaJGKXG6rx8lp2m2vQ3zgyCa5CF5eLS6OfZWHDQFg66W5WQqhXYKG+N2tfz29f7N&#10;lRQhgmvAotO1fNJB3qxfv1oNvtIz7NA2mgSDuFANvpZdjL4qiqA63UOYoNeOnS1SD5FN2hUNwcDo&#10;vS1m0+nbYkBqPKHSIfDfu9Ep1xm/bbWKn9s26ChsLbm3mE/K5zadxXoF1Y7Ad0ad2oB/6KIH47jo&#10;GeoOIog9mb+geqMIA7ZxorAvsG2N0nkGnqac/jHNYwde51mYnODPNIX/B6s+HR79F0qtB/+A6nsQ&#10;DjcduJ2+JcKh09BwuTIRVQw+VOeEZAROFdvhIza8WthHzBwcW+oTIE8njpnqpzPV+hiF4p+L5XJW&#10;Lngjin2jkUtA9ZztKcT3GnuRLrUkXmVGh8NDiKkbqJ5DUjGH98bavE7rxFDL68VskRMCWtMkZx6S&#10;dtuNJXGAJIj8ner+FtabyLK0pq/l1TkIqsTGO9fkKhGMHe/ciXUnehIjSXyh2mLzxOwQjprjN8KX&#10;DumnFAPrrZbhxx5IS2E/OGb4upzPk0CzMV8sZ2zQpWd76QGnGKqWUYrxuomjqPeezK7jSmWe3eEt&#10;b6U1mbCXrk7NsqYyjyf9J9Fe2jnq5ZWufwEAAP//AwBQSwMEFAAGAAgAAAAhABVCd7zcAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyokxZQG+JUAdFrJQoS5ebGix01Xkex&#10;24S/ZznR474Zzc6U68l34oxDbAMpyGcZCKQmmJasgo/3zd0SREyajO4CoYIfjLCurq9KXZgw0hue&#10;d8kKDqFYaAUupb6QMjYOvY6z0COx9h0GrxOfg5Vm0COH+07Os+xRet0Sf3C6xxeHzXF38gpe+69t&#10;/WCjrD+T2x/D87hxW6vU7c1UP4FIOKV/M/zV5+pQcadDOJGJolNwn7OR8WoBguVVvmBwYJBnc5BV&#10;KS8HVL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAScwnWQECAADtAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAFUJ3vNwAAAAIAQAADwAAAAAA&#10;AAAAAAAAAABbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="389EC53B" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">«solitamente si distinguono due tipi di concordanze: quella </w:t>
       </w:r>
@@ -5458,70 +5377,94 @@
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Per i riferimenti biblici, non mettere uno spazio dopo la virgola: Lc 18,18 (e non Lc 18,</w:t>
       </w:r>
       <w:r w:rsidR="00DE527B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">18); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F91E976" w14:textId="2B7C661A" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="004D0A3C">
+    <w:p w14:paraId="7F91E976" w14:textId="2689821F" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="004D0A3C">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">per i libri di Samuele, dei Re, ecc., nessuno spazio tra «1» e «R»: cioè 1R 22,15 (e non 1 R 22,15). </w:t>
+        <w:t>per i libri di Samuele, dei Re, ecc., nessuno spazio tra «1» e «R»: cioè 1R</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22,15 (e non 1 R</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22,15). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BB658CB" w14:textId="42A68BBD" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3">
       <w:pPr>
         <w:pStyle w:val="1gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="153" w:name="_Toc33794766"/>
       <w:bookmarkStart w:id="154" w:name="_Toc33795537"/>
       <w:bookmarkStart w:id="155" w:name="_Toc115184989"/>
       <w:bookmarkStart w:id="156" w:name="_Toc120694013"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Testatine (obbligatorie per la tesi di licenza e per quella del dottorato)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
     </w:p>
     <w:p w14:paraId="3D792037" w14:textId="58F410F5" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="004D0A3C">
@@ -6917,51 +6860,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E3173DD" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B37DCEB" wp14:editId="09554855">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-85090</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>109220</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5958840" cy="2407920"/>
                 <wp:effectExtent l="0" t="0" r="22860" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="68" name="Rectangle 16"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -6985,95 +6928,77 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="74A14D35" id="Rectangle 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:-6.7pt;margin-top:8.6pt;width:469.2pt;height:189.6pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7T96UBwIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06CZE2MOEWRrsOA&#10;bh3Q7QMYWbaFyaJGKXGyrx+lpGmw3Yb5IIgm+cj3SK1uD70Ve03BoKvkZDSWQjuFtXFtJb9/e3i3&#10;kCJEcDVYdLqSRx3k7frtm9XgSz3FDm2tSTCIC+XgK9nF6MuiCKrTPYQReu3Y2SD1ENmktqgJBkbv&#10;bTEdj98XA1LtCZUOgf/en5xynfGbRqv41DRBR2Eryb3FfFI+t+ks1isoWwLfGXVuA/6hix6M46IX&#10;qHuIIHZk/oLqjSIM2MSRwr7ApjFKZw7MZjL+g81zB15nLixO8BeZwv+DVV/2z/4rpdaDf0T1IwiH&#10;mw5cq++IcOg01FxukoQqBh/KS0IyAqeK7fAZax4t7CJmDQ4N9QmQ2YlDlvp4kVofolD8c76cLxYz&#10;nohi33Q2vllO8zAKKF/SPYX4UWMv0qWSxLPM8LB/DDG1A+VLSKrm8MFYm+dpnRgquZxP5zkhoDV1&#10;cmaW1G43lsQe0kbkL3Nj/tdhvYm8l9b0lVxcgqBMcnxwda4SwdjTnTux7qxPkiRtXyi3WB9ZHsLT&#10;0vEj4UuH9EuKgReukuHnDkhLYT85lng5mSU9YjZm8xvWQ9C1Z3vtAacYqpJRitN1E09bvfNk2o4r&#10;TTJ3h3c8lsZkwV67OjfLS5V1PD+AtLXXdo56fabr3wAAAP//AwBQSwMEFAAGAAgAAAAhAM0J79bf&#10;AAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfeV+AdrkNi1TtMHNMSpAqLbShQkYOcm&#10;gx01Hkex24S/77CC5ege3Tk3346uFRfsQ+NJwXyWgECqfN2QUfD+tps+gAhRU61bT6jgBwNsi5tJ&#10;rrPaD/SKl0M0gksoZFqBjbHLpAyVRafDzHdInH373unIZ29k3euBy10r0yRZS6cb4g9Wd/hssTod&#10;zk7BS/e1L1cmyPIj2s+Tfxp2dm+Uursdy0cQEcf4B8OvPqtDwU5Hf6Y6iFbBdL5YMsrBfQqCgU26&#10;4nFHBYvNegmyyOX/CcUVAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+0/elAcCAADuAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzQnv1t8AAAAK&#10;AQAADwAAAAAAAAAAAAAAAABhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D60ED8F" w14:textId="23C3FCB0" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Trattando dell’unità di Dio e dell’unità degli uomini, Ladaria prende come punto di partenza della sua riflessione la preghiera sacerdotale di Gesù (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 17):</w:t>
+        <w:t>Trattando dell’unità di Dio e dell’unità degli uomini, Ladaria prende come punto di partenza della sua riflessione la preghiera sacerdotale di Gesù (Gv 17):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A867745" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="001D50DE" w:rsidRDefault="00680AD3" w:rsidP="001D50DE">
       <w:pPr>
         <w:pStyle w:val="citazionelunga0"/>
       </w:pPr>
       <w:r w:rsidRPr="001D50DE">
         <w:t>I primi versetti del capitolo trattano della glorificazione reciproca di Padre e Figlio; culminano, nel v. 5, con la supplica di Gesù di essere glorificato dal Padre con la gloria che presso di lui prima della creazione del mondo. In questa glorificazione si manifesta la gloria stessa del Padre. Si tratta della rivelazione escatologica dell’essere eterno di Dio. Dio possiede da sempre la gloria della sua divinità, che consiste nella glorificazione reciproca del Padre e del Figlio. Essa ora comprende anche il Figlio in quanto uomo: questo è il senso della supplica di Gesù al v. 5</w:t>
       </w:r>
       <w:r w:rsidRPr="001D50DE">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteReference w:id="13"/>
       </w:r>
       <w:r w:rsidRPr="001D50DE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4205C4AD" w14:textId="14F42DF2" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00D7225D">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
@@ -7116,93 +7041,76 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Qualora nel testo citato si dovessero omettere alcune parti, è necessario interrompere la trascrizione con le parentesi quadre e tre punti […] eccetto, ovviamente, all’inizio. Qualora si cominciasse non dall’inizio del paragrafo, sarà sufficiente cominciare con la lettera minuscola. L’utilizzo delle parentesi quadre si richiede anche nel caso di una aggiunta all’interno della citazione. Ciò che è da ritenersi fondamentale e che deve essere sempre mantenuto e non manipolato in una citazione è l’originaria intenzione dell’autore.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BB6FC50" w14:textId="55C99CF9" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00DF4ACA">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– Diversamente dalle citazioni letterarie, si possono fare delle citazioni </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">ad </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ad sensum</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, cioè riportare genericamente o sinteticamente l’opinione di un autore. In tale caso, la nota di rimando è introdotta da </w:t>
       </w:r>
       <w:r w:rsidR="004B1FB8" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Cf</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Cf.</w:t>
       </w:r>
       <w:r w:rsidR="004B1FB8" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> »</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (= confronta). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05FA5006" w14:textId="549008E8" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00DF4ACA">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– È doveroso, quando la ricerca lo permette, fare un rimando bibliografico o un rimando a «una determinata fonte parallela o anche discorde del tema trattato, permettendo </w:t>
       </w:r>
       <w:r w:rsidR="003022AE" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -7478,51 +7386,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="249B4494" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="445D8D0C" wp14:editId="53F8CF8A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>10795</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-12700</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3070860" cy="463550"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="67" name="Rectangle 23"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -7546,51 +7454,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="2EE63ECD" id="Rectangle 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:.85pt;margin-top:-1pt;width:241.8pt;height:36.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBE5bDhBwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJkzQ14hRFug4D&#10;ugvQ7QMYWY6FyaJGKXG6rx+lpGmwvQ3zgyCa0iHP4dHy9tBbsdcUDLpajkelFNopbIzb1vL7t4d3&#10;CylCBNeARadr+ayDvF29fbMcfKUn2KFtNAkGcaEafC27GH1VFEF1uocwQq8dJ1ukHiKHtC0agoHR&#10;e1tMynJeDEiNJ1Q6BP57f0zKVcZvW63il7YNOgpbS+4t5pXyuklrsVpCtSXwnVGnNuAfuujBOC56&#10;hrqHCGJH5i+o3ijCgG0cKewLbFujdObAbMblH2yeOvA6c2Fxgj/LFP4frPq8f/JfKbUe/COqH0E4&#10;XHfgtvqOCIdOQ8PlxkmoYvChOl9IQeCrYjN8woZHC7uIWYNDS30CZHbikKV+PkutD1Eo/nlVXpeL&#10;OU9EcW46v5rN8iwKqF5uewrxg8ZepE0tiUeZ0WH/GGLqBqqXI6mYwwdjbR6ndWKo5c1sMssXAlrT&#10;pGQmSdvN2pLYQzJE/jI1pn95rDeRbWlNX8vF+RBUSY33rslVIhh73HMn1p3kSYok84Vqg80zq0N4&#10;9By/Ed50SL+kGNhvtQw/d0BaCvvRscI34+k0GTQH09n1hAO6zGwuM+AUQ9UySnHcruPR1DtPZttx&#10;pXHm7vCOp9KaLNhrV6dm2VNZx5P/k2kv43zq9ZWufgMAAP//AwBQSwMEFAAGAAgAAAAhAOPOnu3c&#10;AAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxap4XSKsSpAqLXShQk2psb&#10;L3bUeB3FbhP+nuVEj6MZzbwp1qNvxQX72ARSMJtmIJDqYBqyCj4/NpMViJg0Gd0GQgU/GGFd3t4U&#10;OjdhoHe87JIVXEIx1wpcSl0uZawdeh2noUNi7zv0XieWvZWm1wOX+1bOs+xJet0QLzjd4avD+rQ7&#10;ewVv3WFbLWyU1Vdy+1N4GTZua5W6vxurZxAJx/Qfhj98RoeSmY7hTCaKlvWSgwomc37E9uNq8QDi&#10;qGA5y0CWhbzmL38BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAROWw4QcCAADtAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA486e7dwAAAAHAQAA&#10;DwAAAAAAAAAAAAAAAABhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Il Mistero della Chiesa e la riforma cattolica</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73A2B588" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
@@ -7663,51 +7571,51 @@
         </w:rPr>
         <w:tab/>
         <w:t>e non</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6078C781" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251730944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B3EB43B" wp14:editId="7F94FFC4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>10795</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>130810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4329430" cy="509270"/>
                 <wp:effectExtent l="6350" t="13335" r="7620" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="66" name="Rectangle 92"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -7731,51 +7639,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="7749646A" id="Rectangle 92" o:spid="_x0000_s1026" style="position:absolute;margin-left:.85pt;margin-top:10.3pt;width:340.9pt;height:40.1pt;z-index:251730944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAlihmBwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L07cZG2MOEWRrsOA&#10;rhvQ7QMYWY6FyaJGKXGyrx+lpGmw3Yb5IIim9Mj3+LS43fdW7DQFg66Wk9FYCu0UNsZtavn928O7&#10;GylCBNeARadredBB3i7fvlkMvtIldmgbTYJBXKgGX8suRl8VRVCd7iGM0GvHyRaph8ghbYqGYGD0&#10;3hblePy+GJAaT6h0CPz3/piUy4zftlrFL20bdBS2ltxbzCvldZ3WYrmAakPgO6NObcA/dNGDcVz0&#10;DHUPEcSWzF9QvVGEAds4UtgX2LZG6cyB2UzGf7B57sDrzIXFCf4sU/h/sOpp9+y/Umo9+EdUP4Jw&#10;uOrAbfQdEQ6dhobLTZJQxeBDdb6QgsBXxXr4jA2PFrYRswb7lvoEyOzEPkt9OEut91Eo/jm9KufT&#10;K56I4txsPC+v8ywKqF5uewrxo8ZepE0tiUeZ0WH3GGLqBqqXI6mYwwdjbR6ndWKo5XxWzvKFgNY0&#10;KZlJ0ma9siR2kAyRv0yN6V8e601kW1rT1/LmfAiqpMYH1+QqEYw97rkT607yJEWS+UK1xubA6hAe&#10;PcdvhDcd0i8pBvZbLcPPLZCWwn5yrPB8Mp0mg+ZgOrsuOaDLzPoyA04xVC2jFMftKh5NvfVkNh1X&#10;mmTuDu94Kq3Jgr12dWqWPZV1PPk/mfYyzqdeX+nyNwAAAP//AwBQSwMEFAAGAAgAAAAhAKZbKCDc&#10;AAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTVFDlMapAqLXShQk4OYm&#10;WztqvI5itwl/z3KC4+yMZt+Um9n34oJj7AJpuF8oEEhNaDuyGt7ftnc5iJgMtaYPhBq+McKmur4q&#10;TdGGiV7xsk9WcAnFwmhwKQ2FlLFx6E1chAGJvWMYvUksRyvb0Uxc7nu5VCqT3nTEH5wZ8Nlhc9qf&#10;vYaX4WtXr2yU9Udyn6fwNG3dzmp9ezPXaxAJ5/QXhl98RoeKmQ7hTG0UPetHDmpYqgwE21n+sAJx&#10;4LtSOciqlP8HVD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwJYoZgcCAADtAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAplsoINwAAAAIAQAA&#10;DwAAAAAAAAAAAAAAAABhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="148A7D14" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -8338,97 +8246,83 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1060C983" w14:textId="1DAF777A" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00197126">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Numero in tondo, seguito da un punto e da uno spazi</w:t>
       </w:r>
       <w:r w:rsidR="007F3282" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">; titolo: in tondo, minuscolo </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 12. Es.:</w:t>
+        <w:t>; titolo: in tondo, minuscolo grassettato 12. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C1F56FE" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09593527" w14:textId="272A21EC" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="003D2133">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1224F539" wp14:editId="3CC759DF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>36830</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4190400" cy="212400"/>
                 <wp:effectExtent l="0" t="0" r="19685" b="16510"/>
                 <wp:wrapNone/>
                 <wp:docPr id="65" name="Rectangle 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -8452,51 +8346,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="6C610BFE" id="Rectangle 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:2.9pt;width:329.95pt;height:16.7pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUTiSJAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCZGuMOEWRrsOA&#10;bh3Q7QMUWbaFyaJGKXGyrx8lp2m2vRX1g0Ca1CF5eLS6PgyG7RV6DbbmxSznTFkJjbZdzX98v3t3&#10;xZkPwjbCgFU1PyrPr9dv36xGV6kSejCNQkYg1lejq3kfgquyzMteDcLPwClLwRZwEIFc7LIGxUjo&#10;g8nKPH+fjYCNQ5DKe/p7OwX5OuG3rZLhoW29CszUnHoL6cR0buOZrVei6lC4XstTG+IFXQxCWyp6&#10;hroVQbAd6v+gBi0RPLRhJmHIoG21VGkGmqbI/5nmsRdOpVmIHO/ONPnXg5Vf94/uG8bWvbsH+dMz&#10;C5te2E7dIMLYK9FQuSISlY3OV+cL0fF0lW3HL9DQasUuQOLg0OIQAWk6dkhUH89Uq0Ngkn7Oi2U+&#10;z2kjkmJlUUY7lhDV022HPnxSMLBo1BxplQld7O99mFKfUmIxC3famLROY9lY8+WiXKQLHoxuYjAN&#10;id12Y5DtRRRE+k51/0obdCBZGj3U/OqcJKrIxkfbpCpBaDPZ1LSxJ3oiI1F8vtpCcyR2ECbN0Rsh&#10;owf8zdlIequ5/7UTqDgzny0xvCzm8yjQ5MwXH0py8DKyvYwIKwmq5oGzydyESdQ7h7rrqVKRZrdw&#10;Q1tpdSLsuatTs6SpRPlJ/1G0l37Ken6l6z8AAAD//wMAUEsDBBQABgAIAAAAIQB9nJCY2wAAAAUB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTM/BTsMwDAbgOxLvEBmJG0sZ6kS7ulNB7DqJgQTcsiZLqjVO&#10;1WRreXvMCY7Wb/3+XG1m34uLGWMXCOF+kYEw1AbdkUV4f9vePYKISZFWfSCD8G0ibOrrq0qVOkz0&#10;ai77ZAWXUCwVgktpKKWMrTNexUUYDHF2DKNXicfRSj2qict9L5dZtpJedcQXnBrMszPtaX/2CC/D&#10;167JbZTNR3Kfp/A0bd3OIt7ezM0aRDJz+luGXz7ToWbTIZxJR9Ej8CMJIWc+h6u8KEAcEB6KJci6&#10;kv/19Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1E4kiQICAADtAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfZyQmNsAAAAFAQAADwAAAAAA&#10;AAAAAAAAAABcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003D2133" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:b/>
@@ -8570,51 +8464,51 @@
     <w:p w14:paraId="444D9957" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="006D6E66">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70006BDB" w14:textId="28CB51D2" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="003D2133">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6ADC4BA4" wp14:editId="44AFA783">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>36195</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2592000" cy="190800"/>
                 <wp:effectExtent l="0" t="0" r="18415" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="64" name="Rectangle 18"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -8638,51 +8532,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="303C1EC9" id="Rectangle 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:2.85pt;width:204.1pt;height:15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjaYQSAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DZGuMOEWRrsOA&#10;bh3Q7QMUWbaFSaJGKXGyrx8lp2m23YrqIJCi9Eg+Pq2uD9awvcKgwdW8nEw5U05Co11X8x/f795d&#10;cRaicI0w4FTNjyrw6/XbN6vBV2oGPZhGISMQF6rB17yP0VdFEWSvrAgT8MpRsAW0IpKLXdGgGAjd&#10;mmI2nb4vBsDGI0gVAp3ejkG+zvhtq2R8aNugIjM1p9pi3jHv27QX65WoOhS+1/JUhnhBFVZoR0nP&#10;ULciCrZD/R+U1RIhQBsnEmwBbaulyj1QN+X0n24ee+FV7oXICf5MU3g9WPl1/+i/YSo9+HuQPwNz&#10;sOmF69QNIgy9Eg2lKxNRxeBDdX6QnEBP2Xb4Ag2NVuwiZA4OLdoESN2xQ6b6eKZaHSKTdDhbLGl8&#10;NBFJsXI5vSI7pRDV02uPIX5SYFkyao40yowu9vchjlefrqRkDu60MXmcxrGh5svFbJEfBDC6ScHc&#10;JHbbjUG2F0kQeZ3y/nXN6kiyNNrWnCqjNQolsfHRNTlLFNqMNhVt3ImexEgSX6i20ByJHYRRc/RH&#10;yOgBf3M2kN5qHn7tBCrOzGdHDC/L+TwJNDvzxYcZOXgZ2V5GhJMEVfPI2Whu4ijqnUfd9ZSpzL07&#10;uKGptDoT9lzVqVjSVKb8pP8k2ks/33r+pes/AAAA//8DAFBLAwQUAAYACAAAACEA2sU3ZdoAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDoVCFbKqA6LUSBYn25sZLHDVe&#10;R7HbhL9nOcFxZ0Yzb4vV5Dt1piG2gRFuZxko4jrYlhuEj/f1zRJUTIat6QITwjdFWJWXF4XJbRj5&#10;jc7b1Cgp4ZgbBJdSn2sda0fexFnoicX7CoM3Sc6h0XYwo5T7Ts+z7EF707IsONPTi6P6uD15hNd+&#10;v6kWTdTVZ3K7Y3ge127TIF5fTdUTqERT+gvDL76gQylMh3BiG1WHII8khMUjKDHvs+Uc1AHhTgRd&#10;Fvo/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA42mEEgMCAADtAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA2sU3ZdoAAAAFAQAADwAAAAAA&#10;AAAAAAAAAABdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003D2133" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
@@ -8741,50 +8635,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> spazio; titolo: minuscolo tondo 12. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="285FCFD5" w14:textId="77777777" w:rsidR="007F3282" w:rsidRPr="00AA3CF6" w:rsidRDefault="007F3282" w:rsidP="007F3282">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="582FC381" w14:textId="65F0C823" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="007F3282" w:rsidP="007F3282">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A3B5CF1" wp14:editId="46DBA891">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>13335</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3834000" cy="198000"/>
                 <wp:effectExtent l="0" t="0" r="14605" b="12065"/>
                 <wp:wrapNone/>
                 <wp:docPr id="63" name="Rectangle 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -8808,82 +8703,68 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="5549C2F0" id="Rectangle 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:1.05pt;width:301.9pt;height:15.6pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1t7SfBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bTZEuMOEWRrsOA&#10;rhvQ9QMUWbaFyaJGKXGyrx8lp2m23Yr5IJCm+Eg+Pq2uD71he4Veg614Mck5U1ZCrW1b8afvd+8W&#10;nPkgbC0MWFXxo/L8ev32zWpwpZpCB6ZWyAjE+nJwFe9CcGWWedmpXvgJOGUp2AD2IpCLbVajGAi9&#10;N9k0z99nA2DtEKTynv7ejkG+TvhNo2T42jReBWYqTr2FdGI6t/HM1itRtihcp+WpDfGKLnqhLRU9&#10;Q92KINgO9T9QvZYIHpowkdBn0DRaqjQDTVPkf03z2Amn0ixEjndnmvz/g5UP+0f3DWPr3t2D/OGZ&#10;hU0nbKtuEGHolKipXBGJygbny3NCdDylsu3wBWpardgFSBwcGuwjIE3HDonq45lqdQhM0s+rxdUs&#10;z2kjkmLFchHtWEKUz9kOffikoGfRqDjSKhO62N/7MF59vhKLWbjTxqR1GsuGii/n03lK8GB0HYNp&#10;SGy3G4NsL6Ig0neq+8e1XgeSpdF9xWNrY3OijGx8tHWqEoQ2o01NG3uiJzISxefLLdRHYgdh1By9&#10;ETI6wF+cDaS3ivufO4GKM/PZEsPLYjaLAk3ObP5hSg5eRraXEWElQVU8cDaamzCKeudQtx1VKtLs&#10;Fm5oK41OhL10dWqWNJUoP+k/ivbST7deXun6NwAAAP//AwBQSwMEFAAGAAgAAAAhABkCpJ3aAAAA&#10;BQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gje7aYNFYl5KFHstWAvqbZs8d0Oz&#10;b0N228R/7/Okx2GGmW/Kzex7daExdoERlosMFHET2o4twuFte/cAKibDrekDE8I3RdhU11elKdow&#10;8Std9skqKeFYGASX0lBoHRtH3sRFGIjF+wqjN0nkaHU7mknKfa9XWbbW3nQsC84M9OyoOe3PHuFl&#10;+NzV9zbq+j25j1N4mrZuZxFvb+b6EVSiOf2F4Rdf0KESpmM4cxtVjyBHEsJqCUrMdZbLjyNCnueg&#10;q1L/p69+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALW3tJ8EAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABkCpJ3aAAAABQEAAA8AAAAA&#10;AAAAAAAAAAAAXgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D6E66" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">1.1.1 N. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">: il “padre” dell’ecclesiologia eucaristica </w:t>
+        <w:t xml:space="preserve">1.1.1 N. Afanassiev: il “padre” dell’ecclesiologia eucaristica </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B6BFF8F" w14:textId="055C8903" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3937E6AB" w14:textId="53C8878F" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00197126">
       <w:pPr>
         <w:pStyle w:val="1gradodidivisione"/>
         <w:rPr>
@@ -8965,51 +8846,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Non si mette alcuno spazio prima della chiamata di nota. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37E32A1B" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BD55604" wp14:editId="0251A5D5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>14605</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>149860</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3681730" cy="252730"/>
                 <wp:effectExtent l="10160" t="12700" r="13335" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="62" name="Rectangle 23"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -9033,51 +8914,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="7EC23B13" id="Rectangle 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.15pt;margin-top:11.8pt;width:289.9pt;height:19.9pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMDtoRAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47dpE2NOEWRrsOA&#10;rhvQ9QMUWbaFyaJGKXGyrx8lp2m23Yr5IJAm9Ug+Pi1v9r1hO4Veg614PplypqyEWtu24s/f7z8s&#10;OPNB2FoYsKriB+X5zer9u+XgSlVAB6ZWyAjE+nJwFe9CcGWWedmpXvgJOGUp2AD2IpCLbVajGAi9&#10;N1kxnV5mA2DtEKTynv7ejUG+SvhNo2T42jReBWYqTr2FdGI6N/HMVktRtihcp+WxDfGGLnqhLRU9&#10;Qd2JINgW9T9QvZYIHpowkdBn0DRaqjQDTZNP/5rmqRNOpVmIHO9ONPn/Bysfd0/uG8bWvXsA+cMz&#10;C+tO2FbdIsLQKVFTuTwSlQ3Ol6cL0fF0lW2GL1DTasU2QOJg32AfAWk6tk9UH05Uq31gkn5eXC7y&#10;qwvaiKRYMS+iHUuI8uW2Qx8+KehZNCqOtMqELnYPPoypLymxmIV7bUxap7FsqPj1vJinCx6MrmMw&#10;DYntZm2Q7UQURPqOdf9I63UgWRrdV3xxShJlZOOjrVOVILQZbWra2CM9kZEoPl9uoD4QOwij5uiN&#10;kNEB/uJsIL1V3P/cClScmc+WGL7OZ7Mo0OTM5lcFOXge2ZxHhJUEVfHA2WiuwyjqrUPddlQpT7Nb&#10;uKWtNDoR9trVsVnSVKL8qP8o2nM/Zb2+0tVvAAAA//8DAFBLAwQUAAYACAAAACEA45tDftwAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyOwW7CMBBE75X6D9ZW6q04BIhQiIMCKlekQqW2NxMvdkS8&#10;jmJDwt/XnNrTaDSjmVesR9uyG/a+cSRgOkmAIdVONaQFfB53b0tgPkhSsnWEAu7oYV0+PxUyV26g&#10;D7wdgmZxhHwuBZgQupxzXxu00k9chxSzs+utDNH2mqteDnHctjxNkoxb2VB8MLLDrcH6crhaAe/d&#10;z75aaM+rr2C+L24z7MxeC/H6MlYrYAHH8FeGB35EhzIyndyVlGetgHQWiw/JgMV4sUynwE4Cstkc&#10;eFnw//zlLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCMDtoRAwIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDjm0N+3AAAAAcBAAAPAAAA&#10;AAAAAAAAAAAAAF0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D3173E" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> la relazione tra il peccato di Adam</w:t>
       </w:r>
@@ -9149,51 +9030,51 @@
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DD3397D" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="009F26EE">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11538FB5" wp14:editId="4DBCD67E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-33020</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3450590" cy="485140"/>
                 <wp:effectExtent l="13335" t="12065" r="12700" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="61" name="Rectangle 22"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -9217,51 +9098,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="260BB4F9" id="Rectangle 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:-2.6pt;width:271.7pt;height:38.2pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4zdWHBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1poI2arlZdFiEt&#10;C9LCB7iOk1jYHjN2m5avZ+x2uxXcEDlYnoz9Zt6b59XNwRq2Vxg0uIaXkylnyklotesb/v3b/ZsF&#10;ZyEK1woDTjX8qAK/Wb9+tRp9rWYwgGkVMgJxoR59w4cYfV0UQQ7KijABrxwlO0ArIoXYFy2KkdCt&#10;KWbT6btiBGw9glQh0N+7U5KvM37XKRm/dF1QkZmGU28xr5jXbVqL9UrUPQo/aHluQ/xDF1ZoR0Uv&#10;UHciCrZD/ReU1RIhQBcnEmwBXaelyhyITTn9g83TILzKXEic4C8yhf8HKx/3T/4rptaDfwD5IzAH&#10;m0G4Xt0iwjgo0VK5MglVjD7UlwspCHSVbcfP0NJoxS5C1uDQoU2AxI4dstTHi9TqEJmkn2/n1bRa&#10;0kQk5eaLqpznWRSifr7tMcSPCixLm4YjjTKji/1DiKkbUT8fScUc3Gtj8jiNY2PDl9WsyhcCGN2m&#10;ZCaJ/XZjkO1FMkT+MjWif33M6ki2NNo2fHE5JOqkxgfX5ipRaHPaUyfGneVJiiTzhXoL7ZHUQTh5&#10;jt4IbQbAX5yN5LeGh587gYoz88mRwstyThKwmIN59X5GAV5nttcZ4SRBNTxydtpu4snUO4+6H6hS&#10;mbk7uKWpdDoL9tLVuVnyVNbx7P9k2us4n3p5pevfAAAA//8DAFBLAwQUAAYACAAAACEAIt8DttoA&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VI3FqngQAKcaqA6LUSBQm4ufFi&#10;R43XUew24e9ZTvQ0s5rR7KvWs+/FCcfYBVKwWmYgkNpgOrIK3t82iwcQMWkyug+ECn4wwrq+vKh0&#10;acJEr3jaJSt4hGKpFbiUhlLK2Dr0Oi7DgMTZdxi9TnyOVppRTzzue5ln2Z30uiP+4PSAzw7bw+7o&#10;FbwMX9umsFE2H8l9HsLTtHFbq9T11dw8gkg4p/8y/OEzOtTMtA9HMlH0ChY5F1kKVo6L2xs2ewX3&#10;qxxkXclz/voXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+M3VhwYCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAIt8DttoAAAAHAQAADwAA&#10;AAAAAAAAAAAAAABgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> «nell’Eucaristia Cristo si dona sempre nuovamente»</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -9622,51 +9503,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10FF96B0" w14:textId="71EDF687" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="009041CF" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="607D720B" wp14:editId="573E2C12">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>227330</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3992880" cy="464820"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="60" name="Rectangle 24"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -9690,258 +9571,200 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="6D7D9496" id="Rectangle 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:17.9pt;width:314.4pt;height:36.6pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfN7N1BwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XgIUthARViu2W1Xa&#10;XqRtP2BwnMSq43HHhkC/vmPDsqh9q5oHy5Oxz8w5c7y6PfRW7DUFg66Sk9FYCu0U1sa1lfz+7eHN&#10;QooQwdVg0elKHnWQt+vXr1aDL/UUO7S1JsEgLpSDr2QXoy+LIqhO9xBG6LXjZIPUQ+SQ2qImGBi9&#10;t8V0PL4pBqTaEyodAv+9PyXlOuM3jVbxS9MEHYWtJPcW80p53aa1WK+gbAl8Z9S5DfiHLnowjote&#10;oO4hgtiR+QuqN4owYBNHCvsCm8YonTkwm8n4DzZPHXidubA4wV9kCv8PVn3eP/mvlFoP/hHVjyAc&#10;bjpwrb4jwqHTUHO5SRKqGHwoLxdSEPiq2A6fsObRwi5i1uDQUJ8AmZ04ZKmPF6n1IQrFP98ul9PF&#10;gieiODe7mS2meRYFlM+3PYX4QWMv0qaSxKPM6LB/DDF1A+XzkVTM4YOxNo/TOjFUcjmfzvOFgNbU&#10;KZlJUrvdWBJ7SIbIX6bG9K+P9SayLa3pK7m4HIIyqfHe1blKBGNPe+7EurM8SZFkvlBusT6yOoQn&#10;z/Eb4U2H9EuKgf1WyfBzB6SlsB8dK7yczGbJoDmYzd+xHoKuM9vrDDjFUJWMUpy2m3gy9c6TaTuu&#10;NMncHd7xVBqTBXvp6twseyrrePZ/Mu11nE+9vNL1bwAAAP//AwBQSwMEFAAGAAgAAAAhAA2ZpNXc&#10;AAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxah6BGJcSpAqLXSrRIwM2N&#10;FztqvI5itwl/z3KC42qeZt9Um9n34oJj7AIpuFtmIJDaYDqyCt4O28UaREyajO4DoYJvjLCpr68q&#10;XZow0Ste9skKLqFYagUupaGUMrYOvY7LMCBx9hVGrxOfo5Vm1BOX+17mWVZIrzviD04P+OywPe3P&#10;XsHL8LlrVjbK5j25j1N4mrZuZ5W6vZmbRxAJ5/QHw68+q0PNTsdwJhNFr2CRM6jgfsUDOC7ydQHi&#10;yFz2kIGsK/l/QP0DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXzezdQcCAADtAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADZmk1dwAAAAIAQAA&#10;DwAAAAAAAAAAAAAAAABhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="38449C81" w14:textId="49D7ABFD" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="003B7F06">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="th-TH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES" w:bidi="th-TH"/>
         </w:rPr>
-        <w:t xml:space="preserve">A. </w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>A. P</w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
+          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES" w:bidi="th-TH"/>
         </w:rPr>
-        <w:t>P</w:t>
+        <w:t>orreca,</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
-          <w:smallCaps/>
-[...15 lines deleted...]
-        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">                                                    O. G</w:t>
+        <w:t xml:space="preserve">                                                       O. G</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>onzález Hernández</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B34CE0A" w14:textId="305B7B5C" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="003B7F06">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">L.F. </w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>L.F. L</w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
+          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>L</w:t>
+        <w:t>adaria</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
-          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>adaria</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">                                                  A. </w:t>
+        <w:t xml:space="preserve">,                                                     A. </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>González-Montes,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73D132EA" w14:textId="09FA302E" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="003B7F06">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">J.-N. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>J.-N. A</w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t>A</w:t>
+          <w:smallCaps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>letti</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
-          <w:smallCaps/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">                                                    </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,                                                       </w:t>
       </w:r>
       <w:r w:rsidR="00AE6B52" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Th</w:t>
       </w:r>
       <w:r w:rsidR="00AE6B52" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00AE6B52" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Merton</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B9B40AE" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
@@ -10046,51 +9869,51 @@
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CBC7276" w14:textId="79DE5BD0" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00D7225D">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="067D2B31" wp14:editId="2CBA1081">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>194310</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2476500" cy="487680"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="59" name="Rectangle 25"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -10114,51 +9937,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="1AFD5F39" id="Rectangle 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:15.3pt;width:195pt;height:38.4pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDh4SrvBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJcqsRpyjSdRjQ&#10;XYBuH8DIsi1MFjVKidN9/SglTYPtbZgfBNGUDnkOj9a3x96Kg6Zg0FVyMhpLoZ3C2ri2kt+/Pbxb&#10;SREiuBosOl3JZx3k7ebtm/XgSz3FDm2tSTCIC+XgK9nF6MuiCKrTPYQReu042SD1EDmktqgJBkbv&#10;bTEdjxfFgFR7QqVD4L/3p6TcZPym0Sp+aZqgo7CV5N5iXimvu7QWmzWULYHvjDq3Af/QRQ/GcdEL&#10;1D1EEHsyf0H1RhEGbOJIYV9g0xilMwdmMxn/weapA68zFxYn+ItM4f/Bqs+HJ/+VUuvBP6L6EYTD&#10;bQeu1XdEOHQaai43SUIVgw/l5UIKAl8Vu+ET1jxa2EfMGhwb6hMgsxPHLPXzRWp9jELxz+lsuZiP&#10;eSKKc7PVcrHKsyigfLntKcQPGnuRNpUkHmVGh8NjiKkbKF+OpGIOH4y1eZzWiaGSN/PpPF8IaE2d&#10;kpkktbutJXGAZIj8ZWpM//pYbyLb0pq+kqvLISiTGu9dnatEMPa0506sO8uTFEnmC+UO62dWh/Dk&#10;OX4jvOmQfkkxsN8qGX7ugbQU9qNjhW8ms1kyaA5m8+WUA7rO7K4z4BRDVTJKcdpu48nUe0+m7bjS&#10;JHN3eMdTaUwW7LWrc7Psqazj2f/JtNdxPvX6Sje/AQAA//8DAFBLAwQUAAYACAAAACEApVe5w9sA&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgNhRZCnCogeq1EQSrc3Hix&#10;o8brKHab8PcsJzjOzmjmbbmaQidOOKQ2kobrmQKB1ETbktPw/ra+ugeRsiFrukio4RsTrKrzs9IU&#10;No70iqdtdoJLKBVGg8+5L6RMjcdg0iz2SOx9xSGYzHJw0g5m5PLQyRulFjKYlnjBmx6fPTaH7TFo&#10;eOk/N/WdS7LeZf9xiE/j2m+c1pcXU/0IIuOU/8Lwi8/oUDHTPh7JJtFp4EeyhrlagGB3/qD4sOeY&#10;Wt6CrEr5n7/6AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOHhKu8GAgAA7QMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKVXucPbAAAABwEAAA8A&#10;AAAAAAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="347FC9CC" w14:textId="6468636B" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="00D7225D">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
@@ -10172,125 +9995,132 @@
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Martinelli</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> – M. </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Viviani</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">,       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="256D620A" w14:textId="033341CD" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="00D7225D">
+    <w:p w14:paraId="256D620A" w14:textId="033341CD" w:rsidR="00680AD3" w:rsidRPr="00B71966" w:rsidRDefault="00B611DB" w:rsidP="00D7225D">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">R.E. </w:t>
       </w:r>
-      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00B71966">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Brown</w:t>
       </w:r>
-      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> – J.A. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00B71966">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Fitzmyer</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> – R.E </w:t>
       </w:r>
-      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00B71966">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Murphy</w:t>
       </w:r>
-      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7056E5AF" w14:textId="44424D64" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="00D7225D">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA3CF6">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">G. </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Borgonovo</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
@@ -10341,51 +10171,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FFD9F65" w14:textId="57E6CCFE" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00CD48B0">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="60" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F5DCA9A" wp14:editId="1CEC1AA5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5781600" cy="518400"/>
                 <wp:effectExtent l="0" t="0" r="10160" b="15240"/>
                 <wp:wrapNone/>
                 <wp:docPr id="58" name="Rectangle 38"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -10409,51 +10239,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="6F87C951" id="Rectangle 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:-.35pt;width:455.25pt;height:40.8pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA95dFxAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DpE2NOEWRrsOA&#10;bh3Q7QMUWbaFSaJGKXGyrx8lp2m23Yb5IJAm9Ug+Pq1uD9awvcKgwdW8nEw5U05Co11X829fH94t&#10;OQtRuEYYcKrmRxX47frtm9XgKzWDHkyjkBGIC9Xga97H6KuiCLJXVoQJeOUo2AJaEcnFrmhQDIRu&#10;TTGbTq+KAbDxCFKFQH/vxyBfZ/y2VTI+tW1QkZmaU28xn5jPbTqL9UpUHQrfa3lqQ/xDF1ZoR0XP&#10;UPciCrZD/ReU1RIhQBsnEmwBbaulyjPQNOX0j2mee+FVnoXICf5MU/h/sPLz/tl/wdR68I8gvwfm&#10;YNML16k7RBh6JRoqVyaiisGH6nwhOYGusu3wCRpardhFyBwcWrQJkKZjh0z18Uy1OkQm6efielle&#10;TWkjkmKLcjknO5UQ1cttjyF+UGBZMmqOtMqMLvaPIY6pLympmIMHbUxep3FsqPnNYrbIFwIY3aRg&#10;HhK77cYg24skiPyd6v6WZnUkWRpta748J4kqsfHeNblKFNqMNjVt3ImexEgSX6i20ByJHYRRc/RG&#10;yOgBf3I2kN5qHn7sBCrOzEdHDN+U83kSaHbmi+sZOXgZ2V5GhJMEVfPI2Whu4ijqnUfd9VSpzLM7&#10;uKOttDoT9trVqVnSVKb8pP8k2ks/Z72+0vUvAAAA//8DAFBLAwQUAAYACAAAACEAZn9ec9sAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fq7SIU2ZFMFRK+VaJGAmxsvdtR4&#10;HcVuE/4ec4LjaEYzb8rN5DtxoSG2gREWcwWCuAmmZYvwdtjOViBi0mx0F5gQvinCprq+KnVhwsiv&#10;dNknK3IJx0IjuJT6QsrYOPI6zkNPnL2vMHidshysNIMec7nv5J1S99LrlvOC0z09O2pO+7NHeOk/&#10;d/XSRlm/J/dxCk/j1u0s4u3NVD+CSDSlvzD84md0qDLTMZzZRNEh5CMJYfYAIpvrhVqCOCKs1Bpk&#10;Vcr/9NUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD3l0XEDAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGZ/XnPbAAAABQEAAA8AAAAA&#10;AAAAAAAAAAAAXQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L.F. Ladaria (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Antropologia</w:t>
@@ -10516,51 +10346,51 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>«ed.», in tondo separato da una virgola e spazio. Non si usa «a cura di». L’abbreviazione «ed.» è invariabile; anche quando ci sono più curatori rimane «ed.». Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E7651C" w14:textId="64B03CA7" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="007530A9" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="60" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251743232" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4644A90D" wp14:editId="5813B63F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>189230</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1607820" cy="381000"/>
                 <wp:effectExtent l="0" t="0" r="11430" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="57" name="Rectangle 107"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -10584,89 +10414,87 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="0EE8A701" id="Rectangle 107" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:14.9pt;width:126.6pt;height:30pt;z-index:251743232;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKo9FRBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu3VR02nqGEIa&#10;A2nwA1zHSSxsnzm7Tcuv5+x2XQVviDxYvpz93X3ffV7e7q1hO4VBg2t4NSk5U05Cq13f8O/fHt4t&#10;OAtRuFYYcKrhBxX47ertm+XoazWFAUyrkBGIC/XoGz7E6OuiCHJQVoQJeOUo2QFaESnEvmhRjIRu&#10;TTEty6tiBGw9glQh0N/7Y5KvMn7XKRm/dF1QkZmGU28xr5jXTVqL1VLUPQo/aHlqQ/xDF1ZoR0XP&#10;UPciCrZF/ReU1RIhQBcnEmwBXaelyhyITVX+weZ5EF5lLiRO8GeZwv+DlU+7Z/8VU+vBP4L8EZiD&#10;9SBcr+4QYRyUaKlclYQqRh/q84UUBLrKNuNnaGm0Yhsha7Dv0CZAYsf2WerDWWq1j0zSz+qqvF5M&#10;aSKScu8XVVnmWRSifrntMcSPCixLm4YjjTKji91jiKkbUb8cScUcPGhj8jiNY2PDb+bTeb4QwOg2&#10;JTNJ7Ddrg2wnkiHyl6kR/ctjVkeypdG24YvzIVEnNT64NleJQpvjnjox7iRPUiSZL9QbaA+kDsLR&#10;c/RGaDMA/uJsJL81PPzcClScmU+OFL6pZrNk0BzM5tdJG7zMbC4zwkmCanjk7Lhdx6Optx51P1Cl&#10;KnN3cEdT6XQW7LWrU7Pkqazjyf/JtJdxPvX6Sle/AQAA//8DAFBLAwQUAAYACAAAACEAcaNlJdoA&#10;AAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDUFEJ2VQB0WslWiTg5iaL&#10;HTVeR7HbhL9nOcFxZ0Yzb8v17Ht1pjF2gRFuFxko4ia0HVuEt/3mZgUqJsOt6QMTwjdFWFeXF6Up&#10;2jDxK513ySop4VgYBJfSUGgdG0fexEUYiMX7CqM3Sc7R6nY0k5T7XudZdq+96VgWnBno2VFz3J08&#10;wsvwua2XNur6PbmPY3iaNm5rEa+v5voRVKI5/YXhF1/QoRKmQzhxG1WPII8khPxB+MXNl3c5qAPC&#10;SgRdlfo/fvUDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAiqPRUQYCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcaNlJdoAAAAGAQAADwAA&#10;AAAAAAAAAAAAAABgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="161EA38A" w14:textId="7F791F3C" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="00B611DB">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ugenti</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, ed., </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="307499BC" w14:textId="536D1E84" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="00B611DB">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -10759,51 +10587,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7098C163" w14:textId="602F425E" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251753472" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69E7DE65" wp14:editId="59E95675">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>224155</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5802630" cy="509905"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="23495"/>
                 <wp:wrapNone/>
                 <wp:docPr id="86" name="Rectangle 29"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -10827,51 +10655,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="765D57FB" id="Rectangle 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:17.65pt;width:456.9pt;height:40.15pt;z-index:251753472;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBA/t8FBQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lLM9qo6TR1DCGN&#10;gTT4Aa7jJBa2z5zdpuPXc3a7rsAbIg+WL3f33d13n1fXB2vYXmHQ4Bo+nZScKSeh1a5v+Levd28W&#10;nIUoXCsMONXwJxX49fr1q9XoazWDAUyrkBGIC/XoGz7E6OuiCHJQVoQJeOXI2QFaEcnEvmhRjIRu&#10;TTEry6tiBGw9glQh0N/bo5OvM37XKRk/d11QkZmGU28xn5jPbTqL9UrUPQo/aHlqQ/xDF1ZoR0XP&#10;ULciCrZD/ReU1RIhQBcnEmwBXaelyjPQNNPyj2keB+FVnoXICf5MU/h/sPJh/+i/YGo9+HuQ3wNz&#10;sBmE69UNIoyDEi2VmyaiitGH+pyQjECpbDt+gpZWK3YRMgeHDm0CpOnYIVP9dKZaHSKT9LNalLOr&#10;t7QRSb6qXC7LKpcQ9XO2xxA/KLAsXRqOtMqMLvb3IaZuRP0ckoo5uNPG5HUax8aGL6tZlRMCGN0m&#10;Zx4S++3GINuLJIj8ner+FmZ1JFkabRu+OAeJOrHx3rW5ShTaHO/UiXEnehIjSXyh3kL7ROwgHDVH&#10;b4QuA+BPzkbSW8PDj51AxZn56Ijh5XQ+TwLNxrx6NyMDLz3bS49wkqAaHjk7XjfxKOqdR90PVGma&#10;Z3dwQ1vpdCbspatTs6SpzONJ/0m0l3aOenml618AAAD//wMAUEsDBBQABgAIAAAAIQAc6a6S3QAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWieNEkGIUwVEr5UoSMDNjZc4&#10;aryOYrcJf89yguNqnmbeVtvFDeKCU+g9KUjXCQik1pueOgVvr7vVHYgQNRk9eEIF3xhgW19fVbo0&#10;fqYXvBxiJ7iEQqkV2BjHUsrQWnQ6rP2IxNmXn5yOfE6dNJOeudwNcpMkhXS6J16wesQni+3pcHYK&#10;nsfPfZN3QTbv0X6c/OO8s/tOqdubpXkAEXGJfzD86rM61Ox09GcyQQwKVhsGFWR5BoLj+zQrQByZ&#10;S/MCZF3J/w/UPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBA/t8FBQIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAc6a6S3QAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F3FD6EC" w14:textId="44309AA5" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:left="48" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>A. P</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -11138,131 +10966,95 @@
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000E3FCF" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">(in </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BB1696">
+        <w:t>(in maiuscoletto</w:t>
+      </w:r>
+      <w:r w:rsidR="0090743C" w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>maiuscoletto</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="000E3FCF" w:rsidRPr="00BB1696">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
       <w:r w:rsidR="0090743C" w:rsidRPr="00BB1696">
         <w:rPr>
+          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
+        <w:t>Ead</w:t>
+      </w:r>
+      <w:r w:rsidR="0090743C" w:rsidRPr="00BB1696">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000E3FCF" w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>»</w:t>
+      </w:r>
       <w:r w:rsidR="0090743C" w:rsidRPr="00BB1696">
         <w:rPr>
-          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Ead</w:t>
-[...47 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> in caso di sesso femminile</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69809A22" w14:textId="77777777" w:rsidR="007124D4" w:rsidRPr="00BB1696" w:rsidRDefault="007124D4" w:rsidP="005A383F">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DAE9B91" w14:textId="4E8BEFF0" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="003D322F">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
@@ -11273,51 +11065,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E930815" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251757568" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62DA5E07" wp14:editId="5D534243">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>147320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5828030" cy="522000"/>
                 <wp:effectExtent l="0" t="0" r="20320" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="89" name="Rectangle 36"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -11341,51 +11133,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="25ACA923" id="Rectangle 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:11.6pt;width:458.9pt;height:41.1pt;z-index:251757568;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFWmkSBQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG1ooRs1Xa26LEJa&#10;FqSFD5g6TmLheMzYbbp8PWO3263ghsjB8mTsN/PePK+uD4MVe03BoKvlbDKVQjuFjXFdLb9/u3uz&#10;lCJEcA1YdLqWTzrI6/XrV6vRV7rEHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu042SINEDmkrmgIRkYf&#10;bFFOp++KEanxhEqHwH9vj0m5zvhtq1X80rZBR2Fryb3FvFJet2kt1iuoOgLfG3VqA/6hiwGM46Jn&#10;qFuIIHZk/oIajCIM2MaJwqHAtjVKZw7MZjb9g81jD15nLixO8GeZwv+DVQ/7R/+VUuvB36P6EYTD&#10;TQ+u0zdEOPYaGi43S0IVow/V+UIKAl8V2/EzNjxa2EXMGhxaGhIgsxOHLPXTWWp9iELxz8WyXE7f&#10;8kQU5xYljzLPooDq+banED9qHETa1JJ4lBkd9vchpm6gej6Sijm8M9bmcVonxlpeLcpFvhDQmiYl&#10;M0nqthtLYg/JEPnL1Jj+5bHBRLalNUMtl+dDUCU1PrgmV4lg7HHPnVh3kicpkswXqi02T6wO4dFz&#10;/EZ40yP9kmJkv9Uy/NwBaSnsJ8cKX83m82TQHMwX70sO6DKzvcyAUwxVyyjFcbuJR1PvPJmu50qz&#10;zN3hDU+lNVmwl65OzbKnso4n/yfTXsb51MsrXf8GAAD//wMAUEsDBBQABgAIAAAAIQDaEgd73QAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW7rCBpSmU0HsOmkDCbhljUmq&#10;NU7VZGt5e8wJTpb1f/r9uVxPvhNnHGIbSMFinoFAaoJpySp4e93M7kHEpMnoLhAq+MYI6+ryotSF&#10;CSPt8LxPVnAJxUIrcCn1hZSxceh1nIceibOvMHideB2sNIMeudx3Ms+ylfS6Jb7gdI/PDpvj/uQV&#10;vPSf23ppo6zfk/s4hqdx47ZWqeurqX4EkXBKfzD86rM6VOx0CCcyUXQKZjmDCvIbnhw/LO5WIA7M&#10;ZctbkFUp/z9Q/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDFWmkSBQIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDaEgd73QAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A9D196" w14:textId="36F5AB10" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:left="48" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">J.L. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
@@ -11411,60 +11203,58 @@
         </w:rPr>
         <w:t>La Ciudad de Dios</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 185 (1972) 671-679; I</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">., «Matrimonio cristiano y educación de los hijos, según San Agustín», </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Augustinus</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18 (1973) 373-389.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="433A04E3" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00BB1696" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EB2EA89" w14:textId="7F2077F3" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="005A383F">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -11477,51 +11267,51 @@
       </w:r>
       <w:r w:rsidR="00660C90" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>e una nota contiene una serie di riferimenti di un solo autore o di più autori, si segue l’ordine cronologico di pubblicazione, anche se non viene riportata la data di pubblicazione. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00DC450B" w14:textId="2A3EE79C" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251755520" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18D15197" wp14:editId="3298557A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>242571</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5828400" cy="806400"/>
                 <wp:effectExtent l="0" t="0" r="20320" b="13335"/>
                 <wp:wrapNone/>
                 <wp:docPr id="87" name="Rectangle 109"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -11545,385 +11335,193 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="1253D5EB" id="Rectangle 109" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:19.1pt;width:458.95pt;height:63.5pt;z-index:251755520;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6QKrzAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJki414hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx8lp2m2vhXTg0CK0iF5eLS6OVjD9gqDBlfz6aTkTDkJjXZdzX98v3+3&#10;5CxE4RphwKmaH1XgN+u3b1aDr9QMejCNQkYgLlSDr3kfo6+KIsheWREm4JWjYAtoRSQXu6JBMRC6&#10;NcWsLK+KAbDxCFKFQKd3Y5CvM37bKhm/tm1QkZmaU20x75j3bdqL9UpUHQrfa3kqQ7yiCiu0o6Rn&#10;qDsRBduhfgFltUQI0MaJBFtA22qpcg/UzbT8p5vHXniVeyFygj/TFP4frPyyf/TfMJUe/APIn4E5&#10;2PTCdeoWEYZeiYbSTRNRxeBDdX6QnEBP2Xb4DA2NVuwiZA4OLdoESN2xQ6b6eKZaHSKTdLhYzpbz&#10;kiYiKbYsr5KdUojq6bXHED8qsCwZNUcaZUYX+4cQx6tPV1IyB/famDxO49hQ8+vFbJEfBDC6ScHc&#10;JHbbjUG2F0kQeZ3y/nXN6kiyNNqm4tIahZLY+OCanCUKbUabijbuRE9iJIkvVFtojsQOwqg5+iNk&#10;9IC/ORtIbzUPv3YCFWfmkyOGr6fzeRJoduaL9zNy8DKyvYwIJwmq5pGz0dzEUdQ7j7rrKdM09+7g&#10;lqbS6kzYc1WnYklTmfKT/pNoL/186/mXrv8AAAD//wMAUEsDBBQABgAIAAAAIQC2Fl4X3AAAAAcB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNOgljbEqQKi10oUJODmxosdNV5H&#10;sduEv2c50eNoRjNvys3kO3HGIbaBFMxnGQikJpiWrIL3t+3dCkRMmozuAqGCH4ywqa6vSl2YMNIr&#10;nvfJCi6hWGgFLqW+kDI2Dr2Os9AjsfcdBq8Ty8FKM+iRy30n8yxbSq9b4gWne3x22Bz3J6/gpf/a&#10;1QsbZf2R3OcxPI1bt7NK3d5M9SOIhFP6D8MfPqNDxUyHcCITRaeAjyQF96scBLvr+cMaxIFjy0UO&#10;sirlJX/1CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALpAqvMCAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALYWXhfcAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAAXAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D515E1C" w14:textId="5DBEF9EF" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:left="48" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>P. F</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ransen</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, «</w:t>
-[...99 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">, «Das Thema Ehescheidung nach Ehebruch auf dem Konzil von Trient», </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>oncilium</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 (1970) 343- 348; L. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bressan</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Il canone tridentino sul divorzio per adulterio e l’interpretazione degli autori</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 194, Roma 1972; </w:t>
+        <w:t xml:space="preserve">, AnGreg 194, Roma 1972; </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Id</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Il divorzio nelle Chiese orientali. Ricerca storica sull’atteggiamento cattolico</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, Bologna 1976; </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Id</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">., «De </w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">», </w:t>
+        <w:t xml:space="preserve">., «De indissolubilitate matrimonii iuxta Concilium Tridentinum», </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Periodica</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 69 (1980) 503-554; H. </w:t>
-[...6 lines deleted...]
-        <w:t>J</w:t>
+        <w:t xml:space="preserve"> 69 (1980) 503-554; H. J</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>edin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> – K. R</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>einhardt</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Il matrimonio: una ricerca storica e teologica</w:t>
@@ -11942,99 +11540,97 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3041466C" w14:textId="682231B3" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="00660C90" w:rsidP="005A383F">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00706557" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Per i titoli in lingua inglese si ricorra in modo coerente a norme di </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00706557" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>capitalization</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00706557" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> per l’uso delle maiuscole. </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Se ci sono delle parole in lingua straniera all’interno del titolo oppure se il titolo stesso dell’opera sulla quale si lavora è ripreso nel titolo dell’elaborato, vengono riportati in carattere tondo invece del corsivo, così che restino facilmente reperibili all’interno del titolo. </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5337629E" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251754496" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CDF8546" wp14:editId="133258F0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>126366</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5774400" cy="251460"/>
                 <wp:effectExtent l="0" t="0" r="17145" b="15240"/>
                 <wp:wrapNone/>
                 <wp:docPr id="88" name="Rectangle 32"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -12058,129 +11654,111 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="13FD3452" id="Rectangle 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:9.95pt;width:454.7pt;height:19.8pt;z-index:251754496;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtwItvBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkqY14hRFug4D&#10;ugvQ7QMYWbaFyaJGKXG6rx+lpGmwvQ3zgyCa0iHP4dHq9jBYsdcUDLpalpOpFNopbIzravn928O7&#10;aylCBNeARadr+ayDvF2/fbMafaVn2KNtNAkGcaEafS37GH1VFEH1eoAwQa8dJ1ukASKH1BUNwcjo&#10;gy1m0+lVMSI1nlDpEPjv/TEp1xm/bbWKX9o26ChsLbm3mFfK6zatxXoFVUfge6NObcA/dDGAcVz0&#10;DHUPEcSOzF9Qg1GEAds4UTgU2LZG6cyB2ZTTP9g89eB15sLiBH+WKfw/WPV5/+S/Umo9+EdUP4Jw&#10;uOnBdfqOCMdeQ8PlyiRUMfpQnS+kIPBVsR0/YcOjhV3ErMGhpSEBMjtxyFI/n6XWhygU/1wsl/P5&#10;lCeiODdblPOrPIsCqpfbnkL8oHEQaVNL4lFmdNg/hpi6gerlSCrm8MFYm8dpnRhrebOYLfKFgNY0&#10;KZlJUrfdWBJ7SIbIX6bG9C+PDSayLa0Zanl9PgRVUuO9a3KVCMYe99yJdSd5kiLJfKHaYvPM6hAe&#10;PcdvhDc90i8pRvZbLcPPHZCWwn50rPBNyXqwQXMwXyxnHNBlZnuZAacYqpZRiuN2E4+m3nkyXc+V&#10;yszd4R1PpTVZsNeuTs2yp7KOJ/8n017G+dTrK13/BgAA//8DAFBLAwQUAAYACAAAACEAJaSr6toA&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOzU7DMBCE70i8g7VI3FqnlYJwiFMFRK+VKJWAm5ts&#10;7ajxOordJrw9ywmO86OZr9zMvhdXHGMXSMNqmYFAakLbkdVweN8uHkHEZKg1fSDU8I0RNtXtTWmK&#10;Nkz0htd9soJHKBZGg0tpKKSMjUNv4jIMSJydwuhNYjla2Y5m4nHfy3WWPUhvOuIHZwZ8cdic9xev&#10;4XX42tW5jbL+SO7zHJ6nrdtZre/v5voJRMI5/ZXhF5/RoWKmY7hQG0WvYbHmIttKgeBYZYqNo4Zc&#10;5SCrUv7nr34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArcCLbwYCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJaSr6toAAAAHAQAADwAA&#10;AAAAAAAAAAAAAABgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="41E09182" w14:textId="4932442B" w:rsidR="005A383F" w:rsidRPr="00AA3CF6" w:rsidRDefault="0018757F" w:rsidP="0018757F">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">L.J. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Elders</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>L’éthique de saint Thomas d’Aquin. Une lecture de la</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Pars </w:t>
+        <w:t xml:space="preserve"> Secunda Pars </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>de la</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Somme de Théologie, 25.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C6025A4" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00BB1696" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -12324,51 +11902,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Non si usano virgole tra la città e l’anno di pubblicazione, ma uno spazio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01EBA5D4" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251746304" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F43B901" wp14:editId="6E7673CD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1269</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>178435</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4922520" cy="182880"/>
                 <wp:effectExtent l="0" t="0" r="11430" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="90" name="Rectangle 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -12392,51 +11970,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="1F9DD4AB" id="Rectangle 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:14.05pt;width:387.6pt;height:14.4pt;z-index:251746304;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/zwxBBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRRC23UdLXqsghp&#10;uUgLHzB1nMbC8Zix23T5esZut1vBGyIPlidjn5lz5nh1cxysOGgKBl0jy8lUCu0UtsbtGvn92/2b&#10;hRQhgmvBotONfNJB3qxfv1qNvtYV9mhbTYJBXKhH38g+Rl8XRVC9HiBM0GvHyQ5pgMgh7YqWYGT0&#10;wRbVdPq2GJFaT6h0CPz37pSU64zfdVrFL10XdBS2kdxbzCvldZvWYr2Cekfge6PObcA/dDGAcVz0&#10;AnUHEcSezF9Qg1GEAbs4UTgU2HVG6cyB2ZTTP9g89uB15sLiBH+RKfw/WPX58Oi/Umo9+AdUP4Jw&#10;uOnB7fQtEY69hpbLlUmoYvShvlxIQeCrYjt+wpZHC/uIWYNjR0MCZHbimKV+ukitj1Eo/jlbVtW8&#10;4okozpWLarHIsyigfr7tKcQPGgeRNo0kHmVGh8NDiKkbqJ+PpGIO7421eZzWibGRy3k1zxcCWtOm&#10;ZCZJu+3GkjhAMkT+MjWmf31sMJFtac3QyMXlENRJjfeuzVUiGHvacyfWneVJiiTzhXqL7ROrQ3jy&#10;HL8R3vRIv6QY2W+NDD/3QFoK+9GxwstyNksGzcFs/i5pQ9eZ7XUGnGKoRkYpTttNPJl678nseq5U&#10;Zu4Ob3kqncmCvXR1bpY9lXU8+z+Z9jrOp15e6fo3AAAA//8DAFBLAwQUAAYACAAAACEApxV3Xt0A&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FqnkdKWNJsqIHqtRIsEvbmJ&#10;saPG6yh2m/D3LCc4jmY086bYTq4TNz2E1hPCYp6A0FT7piWD8H7czdYgQlTUqM6TRvjWAbbl/V2h&#10;8saP9KZvh2gEl1DIFYKNsc+lDLXVToW57zWx9+UHpyLLwchmUCOXu06mSbKUTrXEC1b1+sXq+nK4&#10;OoTX/rSvMhNk9RHt58U/jzu7N4iPD1O1ARH1FP/C8IvP6FAy09lfqQmiQ5ilHERI1wsQbK9WGV87&#10;I2TLJ5BlIf/zlz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAP88MQQYCAADtAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApxV3Xt0AAAAHAQAA&#10;DwAAAAAAAAAAAAAAAABgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="484565E5" w14:textId="1CA735C3" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="005662C8" w:rsidP="005662C8">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -12445,149 +12023,132 @@
         </w:rPr>
         <w:t>P. M</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>eloni</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il profumo dell’immortalità. L’interpretazione patristica di </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1,3</w:t>
+        <w:t>Il profumo dell’immortalità. L’interpretazione patristica di Ct 1,3</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>, Roma 1975, 13.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2962DEA8" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="005A383F">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B6888F4" w14:textId="77777777" w:rsidR="007124D4" w:rsidRDefault="002D68C7" w:rsidP="005A383F">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– Nel caso l’opera (manuale, commentario biblico, grammatica) </w:t>
       </w:r>
       <w:r w:rsidR="00614185" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">venga </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">citata spesso, si usa solo il cognome o i cognomi dell’autore, in tondo, seguito da una virgola e dal numero della pagina oppure del paragrafo. In questo caso, sono da considerare come abbreviazioni e vanno dunque riportate nelle sigle e abbreviazioni. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5104A30E" w14:textId="345AD062" w:rsidR="002D68C7" w:rsidRPr="00474867" w:rsidRDefault="002D68C7" w:rsidP="007124D4">
+    <w:p w14:paraId="5104A30E" w14:textId="345AD062" w:rsidR="002D68C7" w:rsidRPr="00B71966" w:rsidRDefault="002D68C7" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F029A0" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00474867" w:rsidRDefault="002D68C7" w:rsidP="007124D4">
+    <w:p w14:paraId="39F029A0" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00B71966" w:rsidRDefault="002D68C7" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251747328" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D78359D" wp14:editId="1DC860DD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>166371</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1402080" cy="335280"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="91" name="Rectangle 33"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -12611,104 +12172,110 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="64517371" id="Rectangle 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:13.1pt;width:110.4pt;height:26.4pt;z-index:251747328;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7MTlmAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vvjSZEuNOEWRrsOA&#10;rhvQ7QMUWbaFyaJGKXGyrx8lp2m2vQ3zg0Ca1CF5eLS6OQyG7RV6DbbmxSznTFkJjbZdzb99vX+z&#10;5MwHYRthwKqaH5XnN+vXr1ajq1QJPZhGISMQ66vR1bwPwVVZ5mWvBuFn4JSlYAs4iEAudlmDYiT0&#10;wWRlnr/NRsDGIUjlPf29m4J8nfDbVsnwuW29CszUnHoL6cR0buOZrVei6lC4XstTG+IfuhiEtlT0&#10;DHUngmA71H9BDVoieGjDTMKQQdtqqdIMNE2R/zHNUy+cSrMQOd6dafL/D1Y+7p/cF4yte/cA8rtn&#10;Fja9sJ26RYSxV6KhckUkKhudr84XouPpKtuOn6Ch1YpdgMTBocUhAtJ07JCoPp6pVofAJP0s5nmZ&#10;L2kjkmJXV4uS7FhCVM+3HfrwQcHAolFzpFUmdLF/8GFKfU6JxSzca2PSOo1lY82vF+UiXfBgdBOD&#10;aUjsthuDbC+iINJ3qvtb2qADydLooebLc5KoIhvvbZOqBKHNZFPTxp7oiYxE8flqC82R2EGYNEdv&#10;hIwe8CdnI+mt5v7HTqDizHy0xPB1MZ9HgSZnvnhXkoOXke1lRFhJUDUPnE3mJkyi3jnUXU+VijS7&#10;hVvaSqsTYS9dnZolTSXKT/qPor30U9bLK13/AgAA//8DAFBLAwQUAAYACAAAACEAFdFaVtsAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VI3FobSwQasqkCotdKtEjQmxsbO2ps&#10;R7HbhL9nOcFpNJrRzKvWs+/ZxYypiwHhbimAmdBG3QWL8L7fLB6BpayCVn0MBuHbJFjX11eVKnWc&#10;wpu57LJlNBJSqRBczkPJeWqd8Sot42ACZV9x9CqTHS3Xo5po3PdcClFwr7pAD04N5sWZ9rQ7e4TX&#10;4bBt7m3izUd2n6f4PG3c1iLe3szNE7Bs5vxXhl98QoeamI7xHHRiPcJCUhFBFqQUSykKYEeEh5UA&#10;Xlf8P3/9AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALsxOWYDAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABXRWlbbAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAAXQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D79BB49" w14:textId="60202B3A" w:rsidR="002D68C7" w:rsidRPr="00474867" w:rsidRDefault="00EC5380" w:rsidP="007124D4">
+    <w:p w14:paraId="4D79BB49" w14:textId="60202B3A" w:rsidR="002D68C7" w:rsidRPr="00B71966" w:rsidRDefault="00EC5380" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002D68C7" w:rsidRPr="00474867">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="002D68C7" w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>De Faria Francisco, 351</w:t>
       </w:r>
-      <w:r w:rsidR="000E6725" w:rsidRPr="00474867">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="000E6725" w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="002D68C7" w:rsidRPr="00474867">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="002D68C7" w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5212C964" w14:textId="24CCCB7F" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="00EC5380" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00474867">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Rosenthal, 89.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C4F46B" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BF7B737" w14:textId="2869DE3E" w:rsidR="00321E98" w:rsidRPr="00AA3CF6" w:rsidRDefault="00A713F5" w:rsidP="00EC5380">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
@@ -12752,51 +12319,51 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>s.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="462C02E9" w14:textId="163EC728" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="005662C8" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251749376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50CA3370" wp14:editId="6B0DE9CE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>198755</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3543300" cy="281940"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="22860"/>
                 <wp:wrapNone/>
                 <wp:docPr id="93" name="Rectangle 35"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -12820,51 +12387,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="3F5EDD2A" id="Rectangle 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:15.65pt;width:279pt;height:22.2pt;z-index:251749376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1PnVBBwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zS9QBs1Xa26LEJa&#10;LtLCB0wdp7FwPGbsNl2+nrHb7VbwhsiD5cnYZ+acOV7dHHsrDpqCQVfLcjSWQjuFjXG7Wn7/dv9m&#10;IUWI4Bqw6HQtn3SQN+vXr1aDr/QEO7SNJsEgLlSDr2UXo6+KIqhO9xBG6LXjZIvUQ+SQdkVDMDB6&#10;b4vJePy2GJAaT6h0CPz37pSU64zftlrFL20bdBS2ltxbzCvldZvWYr2CakfgO6PObcA/dNGDcVz0&#10;AnUHEcSezF9QvVGEAds4UtgX2LZG6cyB2ZTjP9g8duB15sLiBH+RKfw/WPX58Oi/Umo9+AdUP4Jw&#10;uOnA7fQtEQ6dhobLlUmoYvChulxIQeCrYjt8woZHC/uIWYNjS30CZHbimKV+ukitj1Eo/jmdz6bT&#10;MU9EcW6yKJezPIsCqufbnkL8oLEXaVNL4lFmdDg8hJi6ger5SCrm8N5Ym8dpnRhquZxP5vlCQGua&#10;lMwkabfdWBIHSIbIX6bG9K+P9SayLa3pa7m4HIIqqfHeNblKBGNPe+7EurM8SZFkvlBtsXlidQhP&#10;nuM3wpsO6ZcUA/utluHnHkhLYT86VnhZzlgCEXMwm7+bcEDXme11BpxiqFpGKU7bTTyZeu/J7Dqu&#10;VGbuDm95Kq3Jgr10dW6WPZV1PPs/mfY6zqdeXun6NwAAAP//AwBQSwMEFAAGAAgAAAAhAIb/Dt7c&#10;AAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxap61CUMimCoheK1GQgJsb&#10;L3bUeB3FbhP+HnOC42hGM2+q7ex6caExdJ4RVssMBHHrdccG4e11t7gHEaJirXrPhPBNAbb19VWl&#10;Su0nfqHLIRqRSjiUCsHGOJRShtaSU2HpB+LkffnRqZjkaKQe1ZTKXS/XWXYnneo4LVg10JOl9nQ4&#10;O4Tn4XPf5CbI5j3aj5N/nHZ2bxBvb+bmAUSkOf6F4Rc/oUOdmI7+zDqIHmGxTkGEzWoDItl5XqQn&#10;R4QiL0DWlfzPX/8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtT51QQcCAADtAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhv8O3twAAAAHAQAA&#10;DwAAAAAAAAAAAAAAAABhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="21789065" w14:textId="2C74C1E2" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rStyle w:val="NotaCar"/>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -12936,90 +12503,79 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– Nel caso di raccolta di opere dello stesso autore si usa (..., in I</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="005662C8" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>./</w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>./Ead</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>., ...). Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C40871F" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251750400" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EFDCA58" wp14:editId="6215C162">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>116840</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3337560" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="94" name="Rectangle 39"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -13043,109 +12599,107 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="26A20065" id="Rectangle 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:9.2pt;width:262.8pt;height:21pt;z-index:251750400;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADnKAzBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjj3tEacokjXYUB3&#10;Abp9ACPLsTBZ1CglTvb1o5Q0Dba3YX4QRFM65Dk8Wt4dOiv2moJBV8nRYCiFdgpr47aV/P7t8d2N&#10;FCGCq8Gi05U86iDvVm/fLHtf6jG2aGtNgkFcKHtfyTZGXxZFUK3uIAzQa8fJBqmDyCFti5qgZ/TO&#10;FuPhcF70SLUnVDoE/vtwSspVxm8areKXpgk6CltJ7i3mlfK6SWuxWkK5JfCtUec24B+66MA4LnqB&#10;eoAIYkfmL6jOKMKATRwo7ApsGqN05sBsRsM/2Dy34HXmwuIEf5Ep/D9Y9Xn/7L9Saj34J1Q/gnC4&#10;bsFt9T0R9q2GmsuNklBF70N5uZCCwFfFpv+ENY8WdhGzBoeGugTI7MQhS328SK0PUSj+OZlMFrM5&#10;T0RxbjyfL4Z5FgWUL7c9hfhBYyfSppLEo8zosH8KMXUD5cuRVMzho7E2j9M60Vfydjae5QsBralT&#10;MpOk7WZtSewhGSJ/mRrTvz7Wmci2tKar5M3lEJRJjfeuzlUiGHvacyfWneVJiiTzhXKD9ZHVITx5&#10;jt8Ib1qkX1L07LdKhp87IC2F/ehY4dvRdJoMmoPpbDHmgK4zm+sMOMVQlYxSnLbreDL1zpPZtlxp&#10;lLk7vOepNCYL9trVuVn2VNbx7P9k2us4n3p9pavfAAAA//8DAFBLAwQUAAYACAAAACEAawBAW9sA&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VI3FqHqKmqEKcKiF4rUSoBNzde&#10;7KjxOordJvw9ywluszOj2VdtZ9+LK46xC6TgYZmBQGqD6cgqOL7tFhsQMWkyug+ECr4xwra+val0&#10;acJEr3g9JCt4hGKpFbiUhlLK2Dr0Oi7DgMTZVxi9TnyOVppRTzzue5ln2Vp63RF/cHrAZ4ft+XDx&#10;Cl6Gz31T2Cib9+Q+zuFp2rm9Ver+bm4eQSSc018ZfvEZHWpmOoULmSh6BYuci2xvViA4LvKCxUnB&#10;OluBrCv5n7/+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAOcoDMGAgAA7QMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGsAQFvbAAAABwEAAA8A&#10;AAAAAAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="24053665" w14:textId="3DCDBF24" w:rsidR="005662C8" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B77103" w:rsidP="00B77103">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>eresa di Gesù</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Cammino di perfezione</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, in </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005662C8" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ead</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Opere</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, 921.</w:t>
       </w:r>
       <w:r w:rsidR="005662C8" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
@@ -13193,51 +12747,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>– Per un’opera collettiva, è necessario indicare il curatore o i curatori con «ed.», invariabile, in tondo dopo il nome del curatore o dei curatori. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61617A17" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251751424" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39993EAA" wp14:editId="740F5811">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>137161</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5774400" cy="533400"/>
                 <wp:effectExtent l="0" t="0" r="17145" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="95" name="Rectangle 40"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -13261,51 +12815,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="5235BC94" id="Rectangle 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:10.8pt;width:454.7pt;height:42pt;z-index:251751424;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9FinVAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk6U14hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx8lu2m2vQ3zg0Ca1CF5eLS+PVrDDgqDBlfx2WTKmXISau3ain/7+vDm&#10;mrMQhauFAacqflKB325ev1r3vlRz6MDUChmBuFD2vuJdjL4siiA7ZUWYgFeOgg2gFZFcbIsaRU/o&#10;1hTz6fRt0QPWHkGqEOjv/RDkm4zfNErGz00TVGSm4tRbzCfmc5fOYrMWZYvCd1qObYh/6MIK7ajo&#10;GepeRMH2qP+CsloiBGjiRIItoGm0VHkGmmY2/WOap054lWchcoI/0xT+H6z8dHjyXzC1HvwjyO+B&#10;Odh2wrXqDhH6Tomays0SUUXvQ3m+kJxAV9mu/wg1rVbsI2QOjg3aBEjTsWOm+nSmWh0jk/RzuVot&#10;FlPaiKTY8uoq2amEKJ9vewzxvQLLklFxpFVmdHF4DHFIfU5JxRw8aGPyOo1jfcVvlvNlvhDA6DoF&#10;85DY7rYG2UEkQeRvrPtbmtWRZGm0rfj1OUmUiY13rs5VotBmsKlp40Z6EiNJfKHcQX0idhAGzdEb&#10;IaMD/MlZT3qrePixF6g4Mx8cMXwzIz5IoNlZLFdzcvAysruMCCcJquKRs8HcxkHUe4+67ajSLM/u&#10;4I620uhM2EtXY7OkqUz5qP8k2ks/Z7280s0vAAAA//8DAFBLAwQUAAYACAAAACEAVr2KpNwAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbluySqtYaToVxK6TGJOAW9aYplrj&#10;VE22lrfHnOBo/59+fy63s+/FFcfYBdKwWioQSE2wHbUajm+7xQOImAxZ0wdCDd8YYVvd3pSmsGGi&#10;V7weUiu4hGJhNLiUhkLK2Dj0Ji7DgMTZVxi9STyOrbSjmbjc9zJTKpfedMQXnBnw2WFzPly8hpfh&#10;c1+v2yjr9+Q+zuFp2rl9q/X93Vw/gkg4pz8YfvVZHSp2OoUL2Sh6DYuMQQ3ZKgfB8UZteHFiTq1z&#10;kFUp/z9Q/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA9FinVAwIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBWvYqk3AAAAAgBAAAPAAAA&#10;AAAAAAAAAAAAAF0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="73959CFE" w14:textId="6A1B4BAB" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:left="36" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>C. Molari</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -13333,77 +12887,52 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Creazione e male del cosmo. Scandalo per l’uomo e sfida per il credente</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, 104.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB4B7E8" w14:textId="1F871772" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="36"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">B. </w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>B. Lauret – F. Refoulé</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, ed., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Iniziazione alla pratica della teologia</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, III, 760.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29000E08" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:tabs>
@@ -13461,51 +12990,51 @@
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>orig. inglese/francese/tedesco, pagina. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31DFF166" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251752448" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4828C0DB" wp14:editId="48744BD6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>160020</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3337560" cy="223200"/>
                 <wp:effectExtent l="0" t="0" r="15240" b="24765"/>
                 <wp:wrapNone/>
                 <wp:docPr id="192" name="Rectangle 41"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -13529,51 +13058,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="6399ACD8" id="Rectangle 41" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:12.6pt;width:262.8pt;height:17.55pt;z-index:251752448;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/Ul9SBQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhxkl6MOEWRrsOA&#10;rhvQ7QMYWY6FyaJGKXG6rx+lpGm2vQ3zgyCa5CF5eLS42fdW7DQFg66Wk9FYCu0UNsZtavnt6/27&#10;KylCBNeARadr+ayDvFm+fbMYfKVL7NA2mgSDuFANvpZdjL4qiqA63UMYodeOnS1SD5FN2hQNwcDo&#10;vS3K8fiiGJAaT6h0CPz37uCUy4zftlrFz20bdBS2ltxbzCflc53OYrmAakPgO6OObcA/dNGDcVz0&#10;BHUHEcSWzF9QvVGEAds4UtgX2LZG6TwDTzMZ/zHNUwde51mYnOBPNIX/B6sed0/+C6XWg39A9T0I&#10;h6sO3EbfEuHQaWi43CQRVQw+VKeEZAROFevhEza8WthGzBzsW+oTIE8n9pnq5xPVeh+F4p/T6fRy&#10;fsEbUewryynvMpeA6iXbU4gfNPYiXWpJvMqMDruHEFM3UL2EpGIO7421eZ3WiaGW1/NynhMCWtMk&#10;Zx6SNuuVJbGDJIj8Hev+FtabyLK0pq/l1SkIqsTGe9fkKhGMPdy5E+uO9CRGkvhCtcbmmdkhPGiO&#10;3whfOqSfUgyst1qGH1sgLYX96Jjh68lslgSajdn8smSDzj3rcw84xVC1jFIcrqt4EPXWk9l0XGmS&#10;Z3d4y1tpTSbstatjs6ypzONR/0m053aOen2ly18AAAD//wMAUEsDBBQABgAIAAAAIQBlkFOn3AAA&#10;AAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSPyDtUjcWodAqirEqQKi10oUJOjNjRc7&#10;aryOYrcJf89ygtNoNKOZV21m34sLjrELpOBumYFAaoPpyCp4f9su1iBi0mR0HwgVfGOETX19VenS&#10;hIle8bJPVvAIxVIrcCkNpZSxdeh1XIYBibOvMHqd2I5WmlFPPO57mWfZSnrdET84PeCzw/a0P3sF&#10;L8Nh1xQ2yuYjuc9TeJq2bmeVur2Zm0cQCef0V4ZffEaHmpmO4Uwmil7BIueigrxg5bjIiwcQRwWr&#10;7B5kXcn//PUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD9SX1IFAgAA7QMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGWQU6fcAAAABwEAAA8A&#10;AAAAAAAAAAAAAAAAXwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="773C9332" w14:textId="79EAA95B" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="00A72603" w:rsidP="00A72603">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
@@ -13686,51 +13215,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F164272" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="722234A8" wp14:editId="78694718">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>137161</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5860800" cy="349200"/>
                 <wp:effectExtent l="0" t="0" r="26035" b="13335"/>
                 <wp:wrapNone/>
                 <wp:docPr id="44" name="Rectangle 42"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -13754,103 +13283,87 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="7CEA329D" id="Rectangle 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:10.8pt;width:461.5pt;height:27.5pt;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiAb28BQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlplzZqulp1WYS0&#10;LEgLH+A6TmJhe8zYbbp8PWOn2y1wQ+RgeTL2mzdvntfXR2vYQWHQ4Go+nZScKSeh0a6r+bevd2+W&#10;nIUoXCMMOFXzJxX49eb1q/XgKzWDHkyjkBGIC9Xga97H6KuiCLJXVoQJeOUo2QJaESnErmhQDIRu&#10;TTEry6tiAGw8glQh0N/bMck3Gb9tlYyf2zaoyEzNiVvMK+Z1l9ZisxZVh8L3Wp5oiH9gYYV2VPQM&#10;dSuiYHvUf0FZLRECtHEiwRbQtlqq3AN1My3/6OaxF17lXkic4M8yhf8HKx8Oj/4LJurB34P8HpiD&#10;bS9cp24QYeiVaKjcNAlVDD5U5wspCHSV7YZP0NBoxT5C1uDYok2A1B07ZqmfzlKrY2SSfi6WV+Wy&#10;pIlIyr2dr2iWuYSonm97DPGDAsvSpuZIo8zo4nAfYmIjqucjqZiDO21MHqdxbKj5ajFb5AsBjG5S&#10;MjeJ3W5rkB1EMkT+TnV/O2Z1JFsabWtOLOkbjZLUeO+aXCUKbcY9MTHuJE9SJJkvVDtonkgdhNFz&#10;9EZo0wP+5Gwgv9U8/NgLVJyZj44UXk3n82TQHMwX72YU4GVmd5kRThJUzSNn43YbR1PvPequp0rT&#10;3LuDG5pKq7NgL6xOZMlTWceT/5NpL+N86uWVbn4BAAD//wMAUEsDBBQABgAIAAAAIQBipf232wAA&#10;AAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNMgAoRsqoDotRIFifbmxosd&#10;NV5HsduEv8ec4Lgzo5m31Wp2vTjTGDrPCMtFBoK49bpjg/Dxvr55ABGiYq16z4TwTQFW9eVFpUrt&#10;J36j8zYakUo4lArBxjiUUobWklNh4Qfi5H350amYztFIPaoplbte5llWSKc6TgtWDfRiqT1uTw7h&#10;ddhvmjsTZPMZ7e7on6e13RjE66u5eQIRaY5/YfjFT+hQJ6aDP7EOokdIj0SEfFmASO5jfpuEA8J9&#10;UYCsK/kfv/4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYgG9vAUCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYqX9t9sAAAAGAQAADwAA&#10;AAAAAAAAAAAAAABfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="53FFF850" w14:textId="003AF91F" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:left="48" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">F.R. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Romersa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> tuus” al “Gesù</w:t>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, «L’abbandono fiducioso alla divina misericordia in Giovanni Paolo II: Dal “Totus tuus” al “Gesù</w:t>
       </w:r>
       <w:r w:rsidR="00402F85">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00BC42E0" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>confido in Te!”», 143.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D4AB758" w14:textId="77777777" w:rsidR="00BC3E96" w:rsidRDefault="00BC3E96" w:rsidP="00BC3E96">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
@@ -13888,51 +13401,51 @@
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, l’anno di pubblicazione e il numero di pagina dell’articolo citato. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BE58AA0" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C065AC9" wp14:editId="753EB68D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>16511</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>146050</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3152140" cy="222885"/>
                 <wp:effectExtent l="0" t="0" r="10160" b="24765"/>
                 <wp:wrapNone/>
                 <wp:docPr id="43" name="Rectangle 43"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -13956,101 +13469,99 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="5AA17417" id="Rectangle 43" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.3pt;margin-top:11.5pt;width:248.2pt;height:17.55pt;z-index:251689984;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtCdxbBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjj2ki014hRFug4D&#10;ugvQ7QMYWY6FyaJGKXGyrx+lpGm3vQ3zgyCa5CF5eLS8PgxW7DUFg66R5WQqhXYKW+O2jfz29e7V&#10;QooQwbVg0elGHnWQ16uXL5ajr3WFPdpWk2AQF+rRN7KP0ddFEVSvBwgT9Nqxs0MaILJJ26IlGBl9&#10;sEU1nb4pRqTWEyodAv+9PTnlKuN3nVbxc9cFHYVtJPcW80n53KSzWC2h3hL43qhzG/APXQxgHBe9&#10;QN1CBLEj8xfUYBRhwC5OFA4Fdp1ROs/A05TTP6Z56MHrPAuTE/yFpvD/YNWn/YP/Qqn14O9RfQ/C&#10;4boHt9U3RDj2GlouVyaiitGH+pKQjMCpYjN+xJZXC7uImYNDR0MC5OnEIVN9vFCtD1Eo/vm6nFfl&#10;jDei2FdV1WIxzyWgfsz2FOJ7jYNIl0YSrzKjw/4+xNQN1I8hqZjDO2NtXqd1Ymzk1bya54SA1rTJ&#10;mYek7WZtSewhCSJ/57q/hQ0msiytGRq5uARBndh459pcJYKxpzt3Yt2ZnsRIEl+oN9gemR3Ck+b4&#10;jfClR/opxch6a2T4sQPSUtgPjhm+KmeJjpiN2fxtxQY992yee8AphmpklOJ0XceTqHeezLbnSmWe&#10;3eENb6UzmbCnrs7NsqYyj2f9J9E+t3PU0ytd/QIAAP//AwBQSwMEFAAGAAgAAAAhAHbvd3zcAAAA&#10;BwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYusGmrWs6FcSukxhIsFvWmKRa&#10;41RNtpZ/jzmxk229p+fvFZvRt+KCfWwCKZhOMhBIdTANWQUf79uHJYiYNBndBkIFPxhhU97eFDo3&#10;YaA3vOyTFRxCMdcKXEpdLmWsHXodJ6FDYu079F4nPnsrTa8HDvetnGXZQnrdEH9wusMXh/Vpf/YK&#10;XrvDrprbKKvP5L5O4XnYup1V6v5urNYgEo7p3wx/+IwOJTMdw5lMFK2C2YKNPB65EctPqxUvRwXz&#10;5RRkWchr/vIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7QncWwQCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdu93fNwAAAAHAQAADwAA&#10;AAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4003FCEF" w14:textId="057200C0" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00BC42E0" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>V. A</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>lbanesi</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, «Il peccato sociale», </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Firmana</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 47 (2008) 160.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="740B2A5F" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B657EA3" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -14061,51 +13572,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– Quando in una rivista l’annata è composta da più volumi, questi andranno indicati in numeri romani, subito dopo l’annata e prima dell’anno di pubblicazione. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FB8246F" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="656F8468" wp14:editId="3B20CFD4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>138430</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5732145" cy="236855"/>
                 <wp:effectExtent l="0" t="0" r="20955" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="42" name="Rectangle 44"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -14129,89 +13640,87 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="7164D4E2" id="Rectangle 44" o:spid="_x0000_s1026" style="position:absolute;margin-left:400.15pt;margin-top:10.9pt;width:451.35pt;height:18.65pt;z-index:251691008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1fI99BQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47duE2NOEWRrsOA&#10;rhvQ9QMUWbaFyaJGKXGyrx+lpGm23Yr5IJAm+Ug+PS1udoNhW4Veg615PplypqyERtuu5s/f7z/M&#10;OfNB2EYYsKrme+X5zfL9u8XoKlVAD6ZRyAjE+mp0Ne9DcFWWedmrQfgJOGUp2AIOIpCLXdagGAl9&#10;MFkxnV5mI2DjEKTynv7eHYJ8mfDbVsnwtW29CszUnGYL6cR0ruOZLRei6lC4XsvjGOINUwxCW2p6&#10;groTQbAN6n+gBi0RPLRhImHIoG21VGkH2iaf/rXNUy+cSrsQOd6daPL/D1Y+bp/cN4yje/cA8odn&#10;Fla9sJ26RYSxV6KhdnkkKhudr04F0fFUytbjF2joasUmQOJg1+IQAWk7tktU709Uq11gkn6WVxdF&#10;Pis5kxQrLi7nZZlaiOql2qEPnxQMLBo1R7rKhC62Dz7EaUT1khKbWbjXxqTrNJaNNb8uizIVeDC6&#10;icG0JHbrlUG2FVEQ6Tv2/SNt0IFkafRQ8/kpSVSRjY+2SV2C0OZg0yTGHumJjETx+WoNzZ7YQTho&#10;jt4IGT3gL85G0lvN/c+NQMWZ+WyJ4et8NosCTc6svCrIwfPI+jwirCSomgfODuYqHES9cai7njrl&#10;aXcLt3QrrU6EvU51HJY0lXg86j+K9txPWa+vdPkbAAD//wMAUEsDBBQABgAIAAAAIQB0EJfJ2wAA&#10;AAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTM/BTsMwDAbgOxLvEBmJG0tbaYOVulNB7DqJgQTcsiYk&#10;1RqnarK1e3vMCY7Wb/3+XG1m34uzGWMXCCFfZCAMtUF3ZBHe37Z3DyBiUqRVH8ggXEyETX19ValS&#10;h4lezXmfrOASiqVCcCkNpZSxdcaruAiDIc6+w+hV4nG0Uo9q4nLfyyLLVtKrjviCU4N5dqY97k8e&#10;4WX42jVLG2XzkdznMTxNW7eziLc3c/MIIpk5/S3DL5/pULPpEE6ko+gR+JGEUOTs53SdFfcgDgjL&#10;dQ6yruR/fv0DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANXyPfQUCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdBCXydsAAAAGAQAADwAA&#10;AAAAAAAAAAAAAABfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="465A7B7C" w14:textId="2F589CA6" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00BC42E0" w:rsidP="00BC42E0">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">F. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Occhetta</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, «La pace nel pensiero dei Papi nel Novecento», </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>La Civiltà Cattolica</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 161/IV (2010) 540.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="184010A0" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BC42E0">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -14228,51 +13737,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Per gli articoli di giornali, occorre riportare tre informazioni importanti: la testata giornalistica, la data per esteso e la pagina. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73F48812" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D35FA55" wp14:editId="75DF16C3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-1269</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>127636</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5554980" cy="259080"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="40" name="Rectangle 46"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -14296,51 +13805,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="0F50CA97" id="Rectangle 46" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:10.05pt;width:437.4pt;height:20.4pt;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDs8YVBAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GP0zAMfkfiP0R5Z92mFbZq3em04xDS&#10;wSEd/IAsTduIJA5Otm78epx0txvwhuhDZNfOZ/vzl/XN0Rp2UBg0uJrPJlPOlJPQaNfV/NvX+zdL&#10;zkIUrhEGnKr5SQV+s3n9aj34Ss2hB9MoZATiQjX4mvcx+qooguyVFWECXjkKtoBWRHKxKxoUA6Fb&#10;U8yn07fFANh4BKlCoL93Y5BvMn7bKhkf2zaoyEzNqbeYT8znLp3FZi2qDoXvtTy3If6hCyu0o6IX&#10;qDsRBduj/gvKaokQoI0TCbaAttVS5Rlomtn0j2meeuFVnoXICf5CU/h/sPLz4cl/wdR68A8gvwfm&#10;YNsL16lbRBh6JRoqN0tEFYMP1eVCcgJdZbvhEzS0WrGPkDk4tmgTIE3Hjpnq04VqdYxM0s+yLBer&#10;JW1EUmxerqZkpxKier7tMcQPCixLRs2RVpnRxeEhxDH1OSUVc3CvjcnrNI4NNV+V8zJfCGB0k4J5&#10;SOx2W4PsIJIg8neu+1ua1ZFkabSt+fKSJKrExnvX5CpRaDPa1LRxZ3oSI0l8odpBcyJ2EEbN0Rsh&#10;owf8ydlAeqt5+LEXqDgzHx0xvJotFkmg2VmU7+bk4HVkdx0RThJUzSNno7mNo6j3HnXXU6VZnt3B&#10;LW2l1Zmwl67OzZKmMuVn/SfRXvs56+WVbn4BAAD//wMAUEsDBBQABgAIAAAAIQAMsFRN3AAAAAcB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSPyDtUjcWrsRhBKyqQKi10oUJODmJosdNV5H&#10;sduEv8ec4Dia0ZtXbmbXizONofOMsFoqEMSNbzs2CG+v28UaRIiaW917JoRvCrCpLi9KXbR+4hc6&#10;76MRCcKh0Ag2xqGQMjSWnA5LPxCn7suPTscURyPbUU8J7nqZKZVLpztOD1YP9GSpOe5PDuF5+NzV&#10;tybI+j3aj6N/nLZ2ZxCvr+b6AUSkOf6N4Vc/qUOVnA7+xG0QPcIiS0OETK1ApHp9d5ODOCDk6h5k&#10;Vcr//tUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOzxhUECAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAywVE3cAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAAXAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="07151EA4" w14:textId="7CA89F00" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="000B4416" w:rsidP="000B4416">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -14442,51 +13951,51 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">– Se il capitolo fa parte di un libro scritto dallo stesso autore, si fa riferimento al libro, e si aggiunge il titolo del capitolo in tondo tra virgolette italiane, prima dei numeri delle pagine. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4909A535" w14:textId="7467F3A5" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="000B4416" w:rsidP="000B4416">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D2FBD97" wp14:editId="52FAED70">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>219710</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5079600" cy="248400"/>
                 <wp:effectExtent l="0" t="0" r="26035" b="18415"/>
                 <wp:wrapNone/>
                 <wp:docPr id="39" name="Rectangle 47"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -14510,51 +14019,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="50C9E7C0" id="Rectangle 47" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:17.3pt;width:399.95pt;height:19.55pt;z-index:251694080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgPANMAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCpG2MOEWRrsOA&#10;bh3Q7QMUWbaFSaJGKXGyrx8lp2m23Yb5IJAm9Ug+Pq1uD9awvcKgwdV8Oik5U05Co11X829fH97d&#10;cBaicI0w4FTNjyrw2/XbN6vBV2oGPZhGISMQF6rB17yP0VdFEWSvrAgT8MpRsAW0IpKLXdGgGAjd&#10;mmJWllfFANh4BKlCoL/3Y5CvM37bKhmf2jaoyEzNqbeYT8znNp3FeiWqDoXvtTy1If6hCyu0o6Jn&#10;qHsRBduh/gvKaokQoI0TCbaAttVS5Rlommn5xzTPvfAqz0LkBH+mKfw/WPl5/+y/YGo9+EeQ3wNz&#10;sOmF69QdIgy9Eg2VmyaiisGH6nwhOYGusu3wCRpardhFyBwcWrQJkKZjh0z18Uy1OkQm6eeivF5e&#10;lbQRSbHZ/GZOdiohqpfbHkP8oMCyZNQcaZUZXewfQxxTX1JSMQcP2pi8TuPYUPPlYrbIFwIY3aRg&#10;HhK77cYg24skiPyd6v6WZnUkWRpta35zThJVYuO9a3KVKLQZbWrauBM9iZEkvlBtoTkSOwij5uiN&#10;kNED/uRsIL3VPPzYCVScmY+OGF5O5/Mk0OzMF9czcvAysr2MCCcJquaRs9HcxFHUO4+666nSNM/u&#10;4I620upM2GtXp2ZJU5nyk/6TaC/9nPX6Ste/AAAA//8DAFBLAwQUAAYACAAAACEAgWyUMNwAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgDhZaEOFVA9FqJgtRyc+PFjhqv&#10;o9htwt+znOC2oxnNvC1Xk+/EGYfYBlJwO8tAIDXBtGQVfLyvbx5BxKTJ6C4QKvjGCKvq8qLUhQkj&#10;veF5m6zgEoqFVuBS6gspY+PQ6zgLPRJ7X2HwOrEcrDSDHrncd/IuyxbS65Z4wekeXxw2x+3JK3jt&#10;Pzf1g42y3iW3P4bnce02Vqnrq6l+ApFwSn9h+MVndKiY6RBOZKLoFPAjScH8fgGC3WWe5yAOfMyX&#10;IKtS/sevfgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDgPANMAwIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCBbJQw3AAAAAYBAAAPAAAA&#10;AAAAAAAAAAAAAF0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1213AD6A" w14:textId="4E2B7658" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="000B4416" w:rsidP="000B4416">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -14617,51 +14126,51 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> fa il riferimento. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B4E3CC2" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="009041CF">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5262AC6E" wp14:editId="4C575AD9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>140335</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788800" cy="363600"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="17780"/>
                 <wp:wrapNone/>
                 <wp:docPr id="38" name="Rectangle 48"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -14685,51 +14194,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="3DA11041" id="Rectangle 48" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:11.05pt;width:455.8pt;height:28.65pt;z-index:251695104;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQClThvhBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuGyEQvVfqPyDu9dqO7Tgrr6PIaapK&#10;aVop7Qdglt1FBYYO2Gv36zuwjuO2t6oc0AwDb2bePFa3B2vYXmHQ4Co+GY05U05CrV1b8W9fH94t&#10;OQtRuFoYcKriRxX47frtm1XvSzWFDkytkBGIC2XvK97F6MuiCLJTVoQReOUo2ABaEcnFtqhR9IRu&#10;TTEdjxdFD1h7BKlCoNP7IcjXGb9plIyfmyaoyEzFqbaYd8z7Nu3FeiXKFoXvtDyVIf6hCiu0o6Rn&#10;qHsRBduh/gvKaokQoIkjCbaAptFS5R6om8n4j26eO+FV7oXICf5MU/h/sPJp/+y/YCo9+EeQ3wNz&#10;sOmEa9UdIvSdEjWlmySiit6H8vwgOYGesm3/CWoardhFyBwcGrQJkLpjh0z18Uy1OkQm6XB+vVwu&#10;xzQRSbGrxdWC7JRClC+vPYb4QYFlyag40igzutg/hjhcfbmSkjl40MbkcRrH+orfzKfz/CCA0XUK&#10;5iax3W4Msr1IgsjrlPe3a1ZHkqXRtuJUJa1BKImN967OWaLQZrCpaONO9CRGkvhCuYX6SOwgDJqj&#10;P0JGB/iTs570VvHwYydQcWY+OmL4ZjKbJYFmZza/npKDl5HtZUQ4SVAVj5wN5iYOot551G1HmSa5&#10;dwd3NJVGZ8JeqzoVS5rKlJ/0n0R76edbr790/QsAAP//AwBQSwMEFAAGAAgAAAAhACoDPaPbAAAA&#10;BgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyokwgKDdlUAdFrJQoScHPjxY4a&#10;r6PYbcLfY070OJrRzJtqPbtenGgMnWeEfJGBIG697tggvL9tbh5AhKhYq94zIfxQgHV9eVGpUvuJ&#10;X+m0i0akEg6lQrAxDqWUobXkVFj4gTh53350KiY5GqlHNaVy18siy5bSqY7TglUDPVtqD7ujQ3gZ&#10;vrbNnQmy+Yj28+Cfpo3dGsTrq7l5BBFpjv9h+MNP6FAnpr0/sg6iR0hHIkJR5CCSu8rzJYg9wv3q&#10;FmRdyXP8+hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQClThvhBAIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAqAz2j2wAAAAYBAAAPAAAA&#10;AAAAAAAAAAAAAF4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="037DD04C" w14:textId="4E452547" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="009041CF">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:left="48" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>G. M</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
@@ -14828,51 +14337,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Per prima cosa si scrive l’iniziale del nome e il cognome dell’autore della recensione, dopo il cognome si scrive in tondo semplice: «recensione di» e poi autore e titolo abbreviato dell’opera recensita. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="640EC7F5" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696128" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A7687B3" wp14:editId="50F8826A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>137795</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788800" cy="363600"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="17780"/>
                 <wp:wrapNone/>
                 <wp:docPr id="37" name="Rectangle 49"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -14896,108 +14405,92 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="01E3BEFC" id="Rectangle 49" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:10.85pt;width:455.8pt;height:28.65pt;z-index:251696128;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQClThvhBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuGyEQvVfqPyDu9dqO7Tgrr6PIaapK&#10;aVop7Qdglt1FBYYO2Gv36zuwjuO2t6oc0AwDb2bePFa3B2vYXmHQ4Co+GY05U05CrV1b8W9fH94t&#10;OQtRuFoYcKriRxX47frtm1XvSzWFDkytkBGIC2XvK97F6MuiCLJTVoQReOUo2ABaEcnFtqhR9IRu&#10;TTEdjxdFD1h7BKlCoNP7IcjXGb9plIyfmyaoyEzFqbaYd8z7Nu3FeiXKFoXvtDyVIf6hCiu0o6Rn&#10;qHsRBduh/gvKaokQoIkjCbaAptFS5R6om8n4j26eO+FV7oXICf5MU/h/sPJp/+y/YCo9+EeQ3wNz&#10;sOmEa9UdIvSdEjWlmySiit6H8vwgOYGesm3/CWoardhFyBwcGrQJkLpjh0z18Uy1OkQm6XB+vVwu&#10;xzQRSbGrxdWC7JRClC+vPYb4QYFlyag40igzutg/hjhcfbmSkjl40MbkcRrH+orfzKfz/CCA0XUK&#10;5iax3W4Msr1IgsjrlPe3a1ZHkqXRtuJUJa1BKImN967OWaLQZrCpaONO9CRGkvhCuYX6SOwgDJqj&#10;P0JGB/iTs570VvHwYydQcWY+OmL4ZjKbJYFmZza/npKDl5HtZUQ4SVAVj5wN5iYOot551G1HmSa5&#10;dwd3NJVGZ8JeqzoVS5rKlJ/0n0R76edbr790/QsAAP//AwBQSwMEFAAGAAgAAAAhAFTG9NncAAAA&#10;BgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok0q0NM2mCoheK9EiQW9uvNhR&#10;43UUu034e8wJjqMZzbwpN5PrxJWG0HpGyGcZCOLG65YNwvth+/AEIkTFWnWeCeGbAmyq25tSFdqP&#10;/EbXfTQilXAoFIKNsS+kDI0lp8LM98TJ+/KDUzHJwUg9qDGVu07Os2whnWo5LVjV04ul5ry/OITX&#10;/rirH02Q9Ue0n2f/PG7tziDe3031GkSkKf6F4Rc/oUOVmE7+wjqIDiEdiQjzfAkiuas8X4A4ISxX&#10;GciqlP/xqx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApU4b4QQCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAVMb02dwAAAAGAQAADwAA&#10;AAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2619E61C" w14:textId="16CB923F" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="000B4416">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:left="48" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">L. </w:t>
-[...6 lines deleted...]
-        <w:t>D</w:t>
+        <w:t>L. D</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>alfollo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-        <w:t>M</w:t>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, recensione di D. M</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>arguerat</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>La preghiera salverà il mondo</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, Torino 2018, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Teresianum</w:t>
@@ -15109,51 +14602,51 @@
       <w:r w:rsidR="00363923" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55F7F398" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251697152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C5962A6" wp14:editId="30AFD4D0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>114935</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5853600" cy="716400"/>
                 <wp:effectExtent l="0" t="0" r="13970" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="36" name="Rectangle 50"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -15177,166 +14670,128 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="2EFA148B" id="Rectangle 50" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:9.05pt;width:460.9pt;height:56.4pt;z-index:251697152;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkdaGhBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjOkjQ14hRFug4D&#10;ugvQ7QMUWbaFSaJGKXG6rx8lp2m2vQ3zg0Ca1CF5eLS+OVrDDgqDBlfzcjLlTDkJjXZdzb99vX+z&#10;4ixE4RphwKmaP6nAbzavX60HX6kZ9GAahYxAXKgGX/M+Rl8VRZC9siJMwCtHwRbQikgudkWDYiB0&#10;a4rZdLosBsDGI0gVAv29G4N8k/HbVsn4uW2DiszUnHqL+cR87tJZbNai6lD4XstTG+IfurBCOyp6&#10;hroTUbA96r+grJYIAdo4kWALaFstVZ6Bpimnf0zz2Auv8ixETvBnmsL/g5WfDo/+C6bWg38A+T0w&#10;B9teuE7dIsLQK9FQuTIRVQw+VOcLyQl0le2Gj9DQasU+Qubg2KJNgDQdO2aqn85Uq2Nkkn4uVou3&#10;yyltRFLsqlzOyU4lRPV822OI7xVYloyaI60yo4vDQ4hj6nNKKubgXhuT12kcG2p+vZgt8oUARjcp&#10;mIfEbrc1yA4iCSJ/p7q/pVkdSZZG25qvzkmiSmy8c02uEoU2o01NG3eiJzGSxBeqHTRPxA7CqDl6&#10;I2T0gD85G0hvNQ8/9gIVZ+aDI4avy/k8CTQ788XVjBy8jOwuI8JJgqp55Gw0t3EU9d6j7nqqVObZ&#10;HdzSVlqdCXvp6tQsaSpTftJ/Eu2ln7NeXunmFwAAAP//AwBQSwMEFAAGAAgAAAAhAA76BgjbAAAA&#10;BwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/QdrkXqjTlqB2hCnShG9VqIgATc3Xuyo&#10;8TqK3Sb8PcsJjjszmn1TbiffiSsOsQ2kIF9kIJCaYFqyCt5e93drEDFpMroLhAq+McK2mt2UujBh&#10;pBe8HpMVXEKx0ApcSn0hZWwceh0XoUdi7ysMXic+ByvNoEcu951cZtmD9Lol/uB0j08Om/Px4hU8&#10;95+H+t5GWb8n93EOu3HvDlap+e1UP4JIOKW/MPziMzpUzHQKFzJRdAp4SGJ1nYNgd7PMeciJhVW2&#10;AVmV8j9/9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCkdaGhBAIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAO+gYI2wAAAAcBAAAPAAAA&#10;AAAAAAAAAAAAAF4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2448EA28" w14:textId="598327AC" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007530A9">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="142"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t xml:space="preserve">P. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>Bovati</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
-        <w:t xml:space="preserve">I </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> profetici</w:t>
+        <w:t>I rîb profetici</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>, dispensa per gli studenti, Pontificio Istituto Biblico, Roma 2012, 44.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C4BD581" w14:textId="733ADCEA" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="003F4462">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR" w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR" w:bidi="th-TH"/>
         </w:rPr>
         <w:t xml:space="preserve">J.-E. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR" w:bidi="th-TH"/>
         </w:rPr>
-        <w:t xml:space="preserve">De </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Tardi</w:t>
+        <w:t>De Ena Tardi</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR" w:bidi="th-TH"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR" w:bidi="th-TH"/>
         </w:rPr>
         <w:t>Le conflit des interprétations sur le sens du Cantique des cantiques. Essai théorique et</w:t>
       </w:r>
       <w:r w:rsidR="00402F85">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR" w:bidi="th-TH"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="000B4416" w:rsidRPr="00AA3CF6">
@@ -15460,51 +14915,51 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>il titolo della voce o del lemma in tondo, tra virgolette italiane, + in + il nome e il cognome del curatore dell’enciclopedia o del dizionario, in tondo, il titolo dell’enciclopedia o del dizionario in corsivo, il numero del volume se è un’opera a più volumi, il luogo e l’anno di pubblicazione in tondo, il numero della pagina da cui si è citato. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56666ED4" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251698176" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="411E47D7" wp14:editId="71B4AF5A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>97155</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5846400" cy="284400"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="20955"/>
                 <wp:wrapNone/>
                 <wp:docPr id="35" name="Rectangle 51"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -15528,93 +14983,85 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="18A113D4" id="Rectangle 51" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:7.65pt;width:460.35pt;height:22.4pt;z-index:251698176;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlm4BgAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJki414hRFug4D&#10;ugvQ7QMYWbaFyaJGKXG6rx8lp2m2vQ3zg0Ca1CF5eLS+OfZWHDQFg66Ss8lUCu0U1sa1lfz29f7N&#10;SooQwdVg0elKPukgbzavX60HX+o5dmhrTYJBXCgHX8kuRl8WRVCd7iFM0GvHwQaph8gutUVNMDB6&#10;b4v5dHpVDEi1J1Q6BP57NwblJuM3jVbxc9MEHYWtJPcW80n53KWz2KyhbAl8Z9SpDfiHLnowjoue&#10;oe4ggtiT+QuqN4owYBMnCvsCm8YonWfgaWbTP6Z57MDrPAuTE/yZpvD/YNWnw6P/Qqn14B9QfQ/C&#10;4bYD1+pbIhw6DTWXmyWiisGH8nwhOYGvit3wEWteLewjZg6ODfUJkKcTx0z105lqfYxC8c/lanG1&#10;mPJGFMfmq0WyUwkon297CvG9xl4ko5LEq8zocHgIcUx9TknFHN4ba/M6rRNDJa+X82W+ENCaOgXz&#10;kNTutpbEAZIg8neq+1tabyLL0pq+kqtzEpSJjXeuzlUiGDva3LR1J3oSI0l8odxh/cTsEI6a4zfC&#10;Rof0U4qB9VbJ8GMPpKWwHxwzfD1jDlig2Vks387ZocvI7jICTjFUJaMUo7mNo6j3nkzbcaVZnt3h&#10;LW+lMZmwl65OzbKmMuUn/SfRXvo56+WVbn4BAAD//wMAUEsDBBQABgAIAAAAIQAZq6q42wAAAAYB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN2iFghxqoDotRIFCbi58WJHjddR&#10;7Dbh71lO9Lgzo5m35XoKnTjhkNpIGuYzBQKpibYlp+H9bXNzDyJlQ9Z0kVDDDyZYV5cXpSlsHOkV&#10;T7vsBJdQKowGn3NfSJkaj8GkWeyR2PuOQzCZz8FJO5iRy0MnF0qtZDAt8YI3PT57bA67Y9Dw0n9t&#10;66VLsv7I/vMQn8aN3zqtr6+m+hFExin/h+EPn9GhYqZ9PJJNotPAj2RWl7cg2H1YqDsQew0rNQdZ&#10;lfIcv/oFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZZuAYAICAADtAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAGauquNsAAAAGAQAADwAAAAAA&#10;AAAAAAAAAABcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="32B68F63" w14:textId="7B365E7E" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="007530A9" w:rsidP="007530A9">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">J. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>J. D</w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>elorme</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, «Latte», in </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>X. Leon-Dufour</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, ed., </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Dizionario di Teologia Biblica</w:t>
@@ -15667,115 +15114,78 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Il magistero si esprime attraverso i Documenti Conciliari, i Documenti Pontifici, quelli Sinodali e quelli della Congregazione della Santa Sede. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54916632" w14:textId="77777777" w:rsidR="00363923" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="003F4462">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– Si consiglia di risalire all’organo ufficiale per la promulgazione dei documenti della Chiesa: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Acta Apostolicae </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Acta Apostolicae Sedis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Sedis</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>AAS</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>). Si può anche fare riferimento all’</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Enchiridion</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Enchiridion Vaticanum </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>EV</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>) che pubblica pure i documenti della Santa Sede o agli insegnamenti dei papi pubblicati in volumi</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -15823,51 +15233,51 @@
       <w:bookmarkStart w:id="244" w:name="_Toc33795566"/>
       <w:bookmarkStart w:id="245" w:name="_Toc120694038"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Documenti Conciliari</w:t>
       </w:r>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
     </w:p>
     <w:p w14:paraId="397B7619" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251699200" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FF099F5" wp14:editId="0658D823">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>114</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>105756</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5805055" cy="428400"/>
                 <wp:effectExtent l="0" t="0" r="24765" b="10160"/>
                 <wp:wrapNone/>
                 <wp:docPr id="34" name="Rectangle 52"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -15891,97 +15301,87 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="70EA54DB" id="Rectangle 52" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:8.35pt;width:457.1pt;height:33.75pt;z-index:251699200;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBh8bmPBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RVA92o6WrVZRHS&#10;cpEWPmDqOI2F4zFjt2n5esZut1vBGyIPlidjn5lz5nh5exis2GsKBl0jp5NSCu0UtsZtG/n928Ob&#10;hRQhgmvBotONPOogb1evXy1HX+sZ9mhbTYJBXKhH38g+Rl8XRVC9HiBM0GvHyQ5pgMghbYuWYGT0&#10;wRazsnxbjEitJ1Q6BP57f0rKVcbvOq3il64LOgrbSO4t5pXyuklrsVpCvSXwvVHnNuAfuhjAOC56&#10;gbqHCGJH5i+owSjCgF2cKBwK7DqjdObAbKblH2yeevA6c2Fxgr/IFP4frPq8f/JfKbUe/COqH0E4&#10;XPfgtvqOCMdeQ8vlpkmoYvShvlxIQeCrYjN+wpZHC7uIWYNDR0MCZHbikKU+XqTWhygU/6wWZVVW&#10;lRSKc/PZYl7mWRRQP9/2FOIHjYNIm0YSjzKjw/4xxNQN1M9HUjGHD8baPE7rxNjIm2pW5QsBrWlT&#10;MpOk7WZtSewhGSJ/mRrTvz42mMi2tGZo5OJyCOqkxnvX5ioRjD3tuRPrzvIkRZL5Qr3B9sjqEJ48&#10;x2+ENz3SLylG9lsjw88dkJbCfnSs8M10Pk8GzcG8ejfjgK4zm+sMOMVQjYxSnLbreDL1zpPZ9lxp&#10;mrk7vOOpdCYL9tLVuVn2VNbx7P9k2us4n3p5pavfAAAA//8DAFBLAwQUAAYACAAAACEAskL9SNwA&#10;AAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j7D5GRuLF0E2yjNJ06xK6T2JCAW9aY&#10;pFrjVE22ln+PObGT9fys9z4X69G34oJ9bAIpmE0zEEh1MA1ZBe+H7f0KREyajG4DoYIfjLAuJzeF&#10;zk0Y6A0v+2QFh1DMtQKXUpdLGWuHXsdp6JDY+w6914llb6Xp9cDhvpXzLFtIrxviBqc7fHFYn/Zn&#10;r+C1+9pVjzbK6iO5z1PYDFu3s0rd3Y7VM4iEY/o/hj98RoeSmY7hTCaKVgE/kni7WIJg92n2MAdx&#10;VLDiKctCXuOXvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBh8bmPBgIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCyQv1I3AAAAAYBAAAP&#10;AAAAAAAAAAAAAAAAAGAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="506E7CC4" w14:textId="66BF373E" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007530A9">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:left="72" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Concilio Vaticano</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> II, Costituzione pastorale sulla Chiesa nel mondo contemporaneo </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gaudium et </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Gaudium et spes</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, 7 dicembre 1965, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>AAS</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 58 (1966) 1030.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B54352" w14:textId="5CF2C232" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00CD48B0">
       <w:pPr>
         <w:pStyle w:val="3gradodidivisione"/>
         <w:rPr>
@@ -16021,51 +15421,51 @@
         <w:keepNext/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B025E06" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD3738">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251700224" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3169184B" wp14:editId="2B6B7DEB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>113031</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5763600" cy="556260"/>
                 <wp:effectExtent l="0" t="0" r="27940" b="15240"/>
                 <wp:wrapNone/>
                 <wp:docPr id="33" name="Rectangle 54"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -16089,250 +15489,230 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="62D9F52F" id="Rectangle 54" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:8.9pt;width:453.85pt;height:43.8pt;z-index:251700224;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgFbAwBwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06yJG2NOEWRrsOA&#10;rhvQ7QMYWbaFyaJGKXGyrx+lpGmw3Yb5IIim9Mj3+LS83fdW7DQFg66Sk9FYCu0U1sa1lfz+7eHd&#10;tRQhgqvBotOVPOggb1dv3ywHX+opdmhrTYJBXCgHX8kuRl8WRVCd7iGM0GvHyQaph8ghtUVNMDB6&#10;b4vpeLwoBqTaEyodAv+9PyblKuM3jVbxS9MEHYWtJPcW80p53aS1WC2hbAl8Z9SpDfiHLnowjoue&#10;oe4hgtiS+QuqN4owYBNHCvsCm8YonTkwm8n4DzbPHXidubA4wZ9lCv8PVj3tnv1XSq0H/4jqRxAO&#10;1x24Vt8R4dBpqLncJAlVDD6U5wspCHxVbIbPWPNoYRsxa7BvqE+AzE7ss9SHs9R6H4Xin/OrxfvF&#10;mCeiODefL6aLPIsCypfbnkL8qLEXaVNJ4lFmdNg9hpi6gfLlSCrm8MFYm8dpnRgqeTOfzvOFgNbU&#10;KZlJUrtZWxI7SIbIX6bG9C+P9SayLa3pK3l9PgRlUuODq3OVCMYe99yJdSd5kiLJfKHcYH1gdQiP&#10;nuM3wpsO6ZcUA/utkuHnFkhLYT85VvhmMpslg+ZgNr+ackCXmc1lBpxiqEpGKY7bdTyaeuvJtB1X&#10;mmTuDu94Ko3Jgr12dWqWPZV1PPk/mfYyzqdeX+nqNwAAAP//AwBQSwMEFAAGAAgAAAAhACSI0HLa&#10;AAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoDaIEQpwqIHqtREECbm68&#10;2FHjdRS7Tfh7lhM9zsxq5m21mkMvjjimLpKG64UCgdRG25HT8P62vroHkbIha/pIqOEHE6zq87PK&#10;lDZO9IrHbXaCSyiVRoPPeSilTK3HYNIiDkicfccxmMxydNKOZuLy0Msbpe5kMB3xgjcDPnts99tD&#10;0PAyfG2apUuy+cj+cx+fprXfOK0vL+bmEUTGOf8fwx8+o0PNTLt4IJtEr4EfyewWzM/pgyoKEDs2&#10;1PIWZF3JU/76FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGAVsDAHAgAA7QMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACSI0HLaAAAABwEAAA8A&#10;AAAAAAAAAAAAAAAAYQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="34DDF84D" w14:textId="005938E4" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00770891" w:rsidP="00770891">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Giovanni Paolo </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">II, «Lettera enciclica </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Redemptoris</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Redemptoris Mater</w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:r w:rsidR="006033F8" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mater</w:t>
+        <w:t>IGP</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">», </w:t>
+        <w:t>, X/1 (1987) 680.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="428B7FEF" w14:textId="59991587" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00770891" w:rsidP="00770891">
+      <w:pPr>
+        <w:pStyle w:val="Nota"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>enedetto</w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> XVI, «Gli angeli segno della premura di Dio», Angelus,</w:t>
       </w:r>
       <w:r w:rsidR="006033F8" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">in </w:t>
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>IGP</w:t>
+        <w:t>IBXVI</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, X/1 (1987) 680.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="428B7FEF" w14:textId="59991587" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00770891" w:rsidP="00770891">
+        <w:t>, VII/2 (2011)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F323CF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>364.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB7C51E" w14:textId="230286A2" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="003F4462" w:rsidP="003F4462">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t>B</w:t>
+          <w:smallCaps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Francesco,</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
-          <w:smallCaps/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Lettera enciclica </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>IBXVI</w:t>
-[...64 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lumen Fidei</w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>»,</w:t>
       </w:r>
       <w:r w:rsidR="006033F8" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Insegnamenti di Francesco</w:t>
       </w:r>
@@ -16394,51 +15774,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="619358CE" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007124D4">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251701248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BF88465" wp14:editId="080173E5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>193675</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5803200" cy="838800"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="32" name="Rectangle 55"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -16462,51 +15842,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="433BA593" id="Rectangle 55" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:15.25pt;width:456.95pt;height:66.05pt;z-index:251701248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDmaWdAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m7Frqo6TR1DCGN&#10;gTT4Aa7jJBa2z5zdpuXXc3ayrsAbIg/WXe783d13n9c3R2vYQWHQ4Co+m0w5U05CrV1b8W9f79+s&#10;OAtRuFoYcKriJxX4zeb1q3XvSzWHDkytkBGIC2XvK97F6MuiCLJTVoQJeOUo2ABaEcnFtqhR9IRu&#10;TTGfTt8WPWDtEaQKgf7eDUG+yfhNo2T83DRBRWYqTr3FfGI+d+ksNmtRtih8p+XYhviHLqzQjoqe&#10;oe5EFGyP+i8oqyVCgCZOJNgCmkZLlWegaWbTP6Z56oRXeRYiJ/gzTeH/wcrHw5P/gqn14B9Afg/M&#10;wbYTrlW3iNB3StRUbpaIKnofyvOF5AS6ynb9J6hptWIfIXNwbNAmQJqOHTPVpzPV6hiZpJ/L1fSK&#10;9seZpNjqarUiO5UQ5fNtjyF+UGBZMiqOtMqMLg4PIQ6pzympmIN7bUxep3Gsr/j1cr7MFwIYXadg&#10;HhLb3dYgO4gkiPyNdX9LszqSLI221Nw5SZSJjfeuzlWi0GawqWnjRnoSI0l8odxBfSJ2EAbN0Rsh&#10;owP8yVlPeqt4+LEXqDgzHx0xfD1bLJJAs7NYvpuTg5eR3WVEOElQFY+cDeY2DqLee9RtR5VmeXYH&#10;t7SVRmfCXroamyVNZcpH/SfRXvo56+WVbn4BAAD//wMAUEsDBBQABgAIAAAAIQBfTE/L3AAAAAcB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNNWjWiIUwVEr5UoSLQ3N17sqPE6&#10;it0m/D3LCY6jGc28KTeT78QVh9gGUjCfZSCQmmBasgo+3rcPjyBi0mR0FwgVfGOETXV7U+rChJHe&#10;8LpPVnAJxUIrcCn1hZSxceh1nIUeib2vMHidWA5WmkGPXO47uciyXHrdEi843eOLw+a8v3gFr/1x&#10;V69slPVncodzeB63bmeVur+b6icQCaf0F4ZffEaHiplO4UImik4BH0kKltkKBLvr+XIN4sSxfJGD&#10;rEr5n7/6AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEOZpZ0CAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAF9MT8vcAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAAXAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CC2B46B" w14:textId="622CB1B7" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00F720A1">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:left="72" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Sinodo dei Vescovi</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -16516,75 +15896,57 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>L’eucaristia: fonte e culmine della vita e della missione della Chiesa</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, XI Assemblea Generale Ordinaria del Sinodo dei Vescovi del 2005, R. Nardin, ed., Città del Vaticano 2008, 25.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0490680F" w14:textId="1E89A909" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="009041CF">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:left="72" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Synodus</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Synodus Episcoporum</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">«La relazione finale», in </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>G. Concetti</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -16616,51 +15978,51 @@
       </w:pPr>
       <w:bookmarkStart w:id="252" w:name="_Toc33794798"/>
       <w:bookmarkStart w:id="253" w:name="_Toc33795569"/>
       <w:bookmarkStart w:id="254" w:name="_Toc120694041"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Documenti delle Congregazioni della Santa Sede</w:t>
       </w:r>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
     </w:p>
     <w:p w14:paraId="6F80811D" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007124D4">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251702272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="370825ED" wp14:editId="35025650">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>102871</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5791200" cy="822960"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="15240"/>
                 <wp:wrapNone/>
                 <wp:docPr id="31" name="Rectangle 56"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -16684,106 +16046,88 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="3D218FC0" id="Rectangle 56" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:8.1pt;width:456pt;height:64.8pt;z-index:251702272;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9Rym1BQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgxkrYx4hRFug4D&#10;ugvQ7QMYWbaFyaJGKXG6rx+lpGmwvQ3zgyCa0iHP4dHq9jBYsdcUDLpaziZTKbRT2BjX1fL7t4d3&#10;N1KECK4Bi07X8lkHebt++2Y1+kqX2KNtNAkGcaEafS37GH1VFEH1eoAwQa8dJ1ukASKH1BUNwcjo&#10;gy3K6fSqGJEaT6h0CPz3/piU64zftlrFL20bdBS2ltxbzCvldZvWYr2CqiPwvVGnNuAfuhjAOC56&#10;hrqHCGJH5i+owSjCgG2cKBwKbFujdObAbGbTP9g89eB15sLiBH+WKfw/WPV5/+S/Umo9+EdUP4Jw&#10;uOnBdfqOCMdeQ8PlZkmoYvShOl9IQeCrYjt+woZHC7uIWYNDS0MCZHbikKV+PkutD1Eo/rm4Xs54&#10;flIozt2U5fIqz6KA6uW2pxA/aBxE2tSSeJQZHfaPIaZuoHo5koo5fDDW5nFaJ8ZaLhflIl8IaE2T&#10;kpkkdduNJbGHZIj8ZWpM//LYYCLb0pqBmzsfgiqp8d41uUoEY4977sS6kzxJkWS+UG2xeWZ1CI+e&#10;4zfCmx7plxQj+62W4ecOSEthPzpWeDmbz5NBczBfXJcc0GVme5kBpxiqllGK43YTj6beeTJdz5Vm&#10;mbvDO55Ka7Jgr12dmmVPZR1P/k+mvYzzqddXuv4NAAD//wMAUEsDBBQABgAIAAAAIQC1T18H2wAA&#10;AAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLF3FptE1nQpi10lsSLBb1pik&#10;WuNUTbaWt8ec4Ojvt35/LjeT78QVh9gGUjCfZSCQmmBasgreD9uHFYiYNBndBUIF3xhhU93elLow&#10;YaQ3vO6TFVxCsdAKXEp9IWVsHHodZ6FH4uwrDF4nHgcrzaBHLvedzLNsKb1uiS843eOLw+a8v3gF&#10;r/1xVy9slPVHcp/n8Dxu3c4qdX831WsQCaf0twy/+qwOFTudwoVMFJ0CfiQxXeYgOH2a5wxODB4X&#10;K5BVKf/7Vz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPUcptQUCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAtU9fB9sAAAAHAQAADwAA&#10;AAAAAAAAAAAAAABfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FE63763" w14:textId="508931C6" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007530A9">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:left="72" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Congregazione per il Culto Divino e la Disciplina dei Sacramenti</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, Istruzione </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Redemptionis</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Redemptionis sacramentum</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> su alcune cose che si devono osservare ed evitare circa la santissima Eucaristia, 25 marzo 2004, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>AAS</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 96 (2004) 550.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DE7A290" w14:textId="6080BBBB" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007530A9">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:left="72" w:firstLine="0"/>
         <w:rPr>
@@ -16793,83 +16137,51 @@
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Congregazione per la Dottrina della Fede</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Istruzione</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Libertatis Conscientia </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>su Libertà cristiana e liberazione</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Città del Vaticano 2014, 37.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5440BC" w14:textId="31EBF60E" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C84656">
       <w:pPr>
         <w:pStyle w:val="1gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="255" w:name="_Toc33794799"/>
       <w:bookmarkStart w:id="256" w:name="_Toc33795570"/>
       <w:bookmarkStart w:id="257" w:name="_Toc115184993"/>
@@ -16919,81 +16231,70 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Le abbreviazioni di uso comune, ad esempio: cap. per capitolo, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>al.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> per </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>alii</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, ecc. per </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">et </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>et caetera</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, sono nello stesso elenco in cui si trovano le sigle poste per richiamare le riviste o i dizionari, enciclopedie, oppure opere di questo genere.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07D31871" w14:textId="58EFA509" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C84656">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -17151,80 +16452,109 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA3CF6">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DDT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A251611" w14:textId="77777777" w:rsidR="005E78AB" w:rsidRPr="00AA3CF6" w:rsidRDefault="005E78AB" w:rsidP="00C13788">
+          <w:p w14:paraId="2A251611" w14:textId="05CF1C3B" w:rsidR="005E78AB" w:rsidRPr="00AA3CF6" w:rsidRDefault="005E78AB" w:rsidP="00C13788">
             <w:pPr>
               <w:pStyle w:val="Nessunaspaziatura"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA3CF6">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA3CF6">
               <w:rPr>
                 <w:smallCaps/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>. Ghibert – G. Ferretti</w:t>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="259" w:name="_GoBack"/>
+            <w:r w:rsidRPr="00AA3CF6">
+              <w:rPr>
+                <w:smallCaps/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ghibert</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="259"/>
+            <w:r w:rsidR="00B71966">
+              <w:rPr>
+                <w:smallCaps/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA3CF6">
+              <w:rPr>
+                <w:smallCaps/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – G. Ferretti</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA3CF6">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, ed., </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA3CF6">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dizionario di Teologia</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA3CF6">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, Brescia 1968; orig. tedesco, H. V</w:t>
@@ -17327,104 +16657,102 @@
           </w:tcPr>
           <w:p w14:paraId="166C44B9" w14:textId="77777777" w:rsidR="005E78AB" w:rsidRPr="00BB1696" w:rsidRDefault="005E78AB" w:rsidP="00C13788">
             <w:pPr>
               <w:pStyle w:val="Nessunaspaziatura"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB1696">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">E. </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BB1696">
               <w:rPr>
                 <w:smallCaps/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>Ancilli</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00BB1696">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">, ed., </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB1696">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>Dizionario enciclopedico di spiritualità</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB1696">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>, I-III, Roma 1995</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB1696">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CF6" w:rsidRPr="00474867" w14:paraId="14249E57" w14:textId="77777777" w:rsidTr="00C13788">
+      <w:tr w:rsidR="00AA3CF6" w:rsidRPr="00B71966" w14:paraId="14249E57" w14:textId="77777777" w:rsidTr="00C13788">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F5E3C60" w14:textId="77777777" w:rsidR="005E78AB" w:rsidRPr="00AA3CF6" w:rsidRDefault="005E78AB" w:rsidP="00C13788">
             <w:pPr>
               <w:pStyle w:val="Nessunaspaziatura"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA3CF6">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -17466,75 +16794,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Jastrow</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA3CF6">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA3CF6">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">A dictionary of the </w:t>
-[...23 lines deleted...]
-              <w:t>, the Talmud Babli and Yerushalmi, and the Midrashic literature</w:t>
+              <w:t>A dictionary of the Targumim, the Talmud Babli and Yerushalmi, and the Midrashic literature</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA3CF6">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, London – New York 1886-1900</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="375652EF" w14:textId="77777777" w:rsidR="002602AC" w:rsidRPr="00BB1696" w:rsidRDefault="002602AC" w:rsidP="005E78AB">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -17621,66 +16925,66 @@
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0655F240" w14:textId="77777777" w:rsidR="00536E82" w:rsidRPr="00BB1696" w:rsidRDefault="00536E82" w:rsidP="00C84656">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4683152B" w14:textId="0EF09BBC" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C84656">
       <w:pPr>
         <w:pStyle w:val="1gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="259" w:name="_Toc115357764"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="259"/>
+      <w:bookmarkStart w:id="260" w:name="_Toc115357764"/>
+      <w:bookmarkStart w:id="261" w:name="_Toc33794800"/>
+      <w:bookmarkStart w:id="262" w:name="_Toc33795571"/>
+      <w:bookmarkStart w:id="263" w:name="_Toc115184994"/>
+      <w:bookmarkStart w:id="264" w:name="_Toc120694043"/>
+      <w:bookmarkEnd w:id="260"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bibliografia</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="260"/>
       <w:bookmarkEnd w:id="261"/>
       <w:bookmarkEnd w:id="262"/>
       <w:bookmarkEnd w:id="263"/>
+      <w:bookmarkEnd w:id="264"/>
     </w:p>
     <w:p w14:paraId="2DCFF0F5" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C84656">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>La bibliografia è divisa in due parti: le fonti e gli studi. All’interno di ogni parte l’elenco delle pubblicazioni segue l’ordine alfabetico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D5BB4C8" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C84656">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -17759,51 +17063,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EAC34A3" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00AA3CF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251703296" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="798C49CB" wp14:editId="4CD03E6C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>196851</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788660" cy="1135380"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="30" name="Rectangle 57"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -17827,51 +17131,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="26C4B52A" id="Rectangle 57" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:15.5pt;width:455.8pt;height:89.4pt;z-index:251703296;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+h82eCAIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhOkzQ14hRFug4D&#10;ugvQ7QMYWY6FyaJGKXG6rx+lpGmwvQ3zgyCa0iHP4dHy9tBbsdcUDLpalqOxFNopbIzb1vL7t4d3&#10;CylCBNeARadr+ayDvF29fbMcfKUn2KFtNAkGcaEafC27GH1VFEF1uocwQq8dJ1ukHiKHtC0agoHR&#10;e1tMxuN5MSA1nlDpEPjv/TEpVxm/bbWKX9o26ChsLbm3mFfK6yatxWoJ1ZbAd0ad2oB/6KIH47jo&#10;GeoeIogdmb+geqMIA7ZxpLAvsG2N0pkDsynHf7B56sDrzIXFCf4sU/h/sOrz/sl/pdR68I+ofgTh&#10;cN2B2+o7Ihw6DQ2XK5NQxeBDdb6QgsBXxWb4hA2PFnYRswaHlvoEyOzEIUv9fJZaH6JQ/HN2vVjM&#10;5zwRxbmyvJpdLfIwCqhernsK8YPGXqRNLYlnmeFh/xhiageqlyOpmsMHY22ep3ViqOXNbDLLFwJa&#10;06RkZknbzdqS2ENyRP4yN+Z/eaw3kX1pTV/LxfkQVEmO967JVSIYe9xzJ9ad9EmSJPeFaoPNM8tD&#10;eDQdPxLedEi/pBjYcLUMP3dAWgr70bHEN+V0mhyag+nsesIBXWY2lxlwiqFqGaU4btfx6OqdJ7Pt&#10;uFKZuTu847G0Jgv22tWpWTZV1vH0AJJrL+N86vWZrn4DAAD//wMAUEsDBBQABgAIAAAAIQCGfIcO&#10;3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJMiqjbNpgqIXivRIgE3&#10;N3btqPE6it0m/D3LCU6r0Yxm3pabyXfiaobYBkLIZxkIQ03QLVmE98P2YQkiJkVadYEMwreJsKlu&#10;b0pV6DDSm7nukxVcQrFQCC6lvpAyNs54FWehN8TeKQxeJZaDlXpQI5f7Ts6zbCG9aokXnOrNizPN&#10;eX/xCK/9165+slHWH8l9nsPzuHU7i3h/N9VrEMlM6S8Mv/iMDhUzHcOFdBQdAj+SEB5zvuyu8nwB&#10;4ogwz1ZLkFUp//NXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC+h82eCAIAAO4DAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCGfIcO3QAAAAcB&#10;AAAPAAAAAAAAAAAAAAAAAGIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F6C0909" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00AA3CF6">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mancini, R., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
@@ -17898,106 +17202,72 @@
         <w:t>, Brescia 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EA38478" w14:textId="0E93E561" w:rsidR="00680AD3" w:rsidRPr="00474867" w:rsidRDefault="00680AD3" w:rsidP="00AA3CF6">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00474867">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Simian-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Simian-Yofre, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00474867">
         <w:rPr>
-          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Yofre</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>H., «r</w:t>
+      </w:r>
+      <w:r w:rsidR="0010140F" w:rsidRPr="00474867">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ḥ</w:t>
+      </w:r>
       <w:r w:rsidRPr="00474867">
         <w:rPr>
-          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">», </w:t>
+        <w:t xml:space="preserve">m», </w:t>
       </w:r>
       <w:r w:rsidR="00614185" w:rsidRPr="00474867">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidRPr="00474867">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>GLAT</w:t>
       </w:r>
       <w:r w:rsidRPr="00474867">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, VIII, </w:t>
       </w:r>
       <w:r w:rsidR="008B675A" w:rsidRPr="00474867">
@@ -18060,114 +17330,58 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">H.W., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Antropologia dell’Antico Testamento</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, Brescia 1975; orig. tedesco, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Anthropologie</w:t>
-[...55 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Anthropologie des Alten Testaments</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, München 1973.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3020C6E5" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C84656">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="747B0579" w14:textId="587F9079" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
@@ -18203,51 +17417,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E8DDB55" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61E3C30B" wp14:editId="79BE61FF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>213995</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788660" cy="552450"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="29" name="Rectangle 58"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -18271,140 +17485,113 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="18C2092F" id="Rectangle 58" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:16.85pt;width:455.8pt;height:43.5pt;z-index:251704320;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBerhoqBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XgKIsGxEWK3YblVp&#10;e5G2/YDBcYhVx+OODYF+fceGZVH7VjUPlidjn5lz5nh5d+it2GsKBl0tJ6OxFNopbIzb1vL7t8d3&#10;CylCBNeARadredRB3q3evlkOvtJT7NA2mgSDuFANvpZdjL4qiqA63UMYodeOky1SD5FD2hYNwcDo&#10;vS2m4/G8GJAaT6h0CPz34ZSUq4zftlrFL20bdBS2ltxbzCvldZPWYrWEakvgO6PObcA/dNGDcVz0&#10;AvUAEcSOzF9QvVGEAds4UtgX2LZG6cyB2UzGf7B57sDrzIXFCf4iU/h/sOrz/tl/pdR68E+ofgTh&#10;cN2B2+p7Ihw6DQ2XmyShisGH6nIhBYGvis3wCRseLewiZg0OLfUJkNmJQ5b6eJFaH6JQ/LO8WSzm&#10;c56I4lxZTmdlnkUB1cttTyF+0NiLtKkl8SgzOuyfQkzdQPVyJBVz+GiszeO0Tgy1vC2nZb4Q0Jom&#10;JTNJ2m7WlsQekiHyl6kx/etjvYlsS2v6Wi4uh6BKarx3Ta4SwdjTnjux7ixPUiSZL1QbbI6sDuHJ&#10;c/xGeNMh/ZJiYL/VMvzcAWkp7EfHCt9OZrNk0BzMypspB3Sd2VxnwCmGqmWU4rRdx5Opd57MtuNK&#10;k8zd4T1PpTVZsNeuzs2yp7KOZ/8n017H+dTrK139BgAA//8DAFBLAwQUAAYACAAAACEA2z9KnNwA&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTVrQlxKkCotdKFCTKzY0X&#10;O2q8jmK3CX/PcoLjaEYzb8rN5DtxwSG2gRTkswwEUhNMS1bB+9v2bg0iJk1Gd4FQwTdG2FTXV6Uu&#10;TBjpFS/7ZAWXUCy0ApdSX0gZG4dex1nokdj7CoPXieVgpRn0yOW+k/MsW0qvW+IFp3t8dtic9mev&#10;4KX/3NX3Nsr6I7nDKTyNW7ezSt3eTPUjiIRT+gvDLz6jQ8VMx3AmE0WngI8kBYvFCgS7D3m+BHHk&#10;2DxbgaxK+Z+/+gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBerhoqBgIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDbP0qc3AAAAAcBAAAP&#10;AAAAAAAAAAAAAAAAAGAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="132426C5" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Giovanni della Croce</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Cántico</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Cántico espiritual</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Id</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> de S. Juan del la Cruz</w:t>
+        <w:t>Obras de S. Juan del la Cruz</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Burgos 1993.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF013B4" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Giovanni Paolo II</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -18476,51 +17663,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="607412ED" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251705344" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17C26E26" wp14:editId="74C52CAC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>125095</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3406140" cy="294005"/>
                 <wp:effectExtent l="0" t="0" r="22860" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="28" name="Rectangle 59"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -18544,91 +17731,73 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="33ED56FA" id="Rectangle 59" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:9.85pt;width:268.2pt;height:23.15pt;z-index:251705344;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAw7pjFBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKO9ao6TR1DCGN&#10;gTT4Aa7jJBa2z5zdpuXXc3a7rsAbIg+WL3f33d13n5c3e2vYTmHQ4BpeTUrOlJPQatc3/NvX+zfX&#10;nIUoXCsMONXwgwr8ZvX61XL0tZrCAKZVyAjEhXr0DR9i9HVRBDkoK8IEvHLk7ACtiGRiX7QoRkK3&#10;ppiW5VUxArYeQaoQ6O/d0clXGb/rlIyfuy6oyEzDqbeYT8znJp3FainqHoUftDy1If6hCyu0o6Jn&#10;qDsRBdui/gvKaokQoIsTCbaArtNS5Rlomqr8Y5qnQXiVZyFygj/TFP4frHzcPfkvmFoP/gHk98Ac&#10;rAfhenWLCOOgREvlqkRUMfpQnxOSESiVbcZP0NJqxTZC5mDfoU2ANB3bZ6oPZ6rVPjJJP9/Oyqtq&#10;RhuR5JsuZmU5zyVE/ZztMcQPCixLl4YjrTKji91DiKkbUT+HpGIO7rUxeZ3GsbHhi/l0nhMCGN0m&#10;Zx4S+83aINuJJIj8ner+FmZ1JFkabRt+fQ4SdWLjvWtzlSi0Od6pE+NO9CRGkvhCvYH2QOwgHDVH&#10;b4QuA+BPzkbSW8PDj61AxZn56IjhRTVLdMRszObvpmTgpWdz6RFOElTDI2fH6zoeRb31qPuBKlV5&#10;dge3tJVOZ8Jeujo1S5rKPJ70n0R7aeeol1e6+gUAAP//AwBQSwMEFAAGAAgAAAAhAHl/mw/aAAAA&#10;BwEAAA8AAABkcnMvZG93bnJldi54bWxMjs1OwzAQhO9IvIO1SNxah6KGEuJUAdFrJQoS5ebGix01&#10;Xkex24S3ZznR4/xo5ivXk+/EGYfYBlJwN89AIDXBtGQVfLxvZisQMWkyuguECn4wwrq6vip1YcJI&#10;b3jeJSt4hGKhFbiU+kLK2Dj0Os5Dj8TZdxi8TiwHK82gRx73nVxkWS69bokfnO7xxWFz3J28gtf+&#10;a1svbZT1Z3L7Y3geN25rlbq9meonEAmn9F+GP3xGh4qZDuFEJopOwWzBRbYfH0BwvLzP2TgoyPMM&#10;ZFXKS/7qFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADDumMUEAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHl/mw/aAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAAXgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="600709A7" w14:textId="7E6C5CE5" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C61946">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> Schrenk,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve"> G., «</w:t>
       </w:r>
       <w:r w:rsidR="00371CA2" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="el-GR" w:bidi="he-IL"/>
         </w:rPr>
         <w:t>πατήρ</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">», </w:t>
       </w:r>
       <w:r w:rsidR="00614185" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -18714,62 +17883,62 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, evidenziando l’anno; questo sistema è consigliato quando si tratta di bibliografia completa; </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>in ordine alfabetico</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, quando si tratta di bibliografia scelta. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52783E88" w14:textId="3FE9B190" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C61946">
       <w:pPr>
         <w:pStyle w:val="2gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="264" w:name="_Toc33794801"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="266" w:name="_Toc120694044"/>
+      <w:bookmarkStart w:id="265" w:name="_Toc33794801"/>
+      <w:bookmarkStart w:id="266" w:name="_Toc33795572"/>
+      <w:bookmarkStart w:id="267" w:name="_Toc120694044"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Autore</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:bookmarkEnd w:id="266"/>
+      <w:bookmarkEnd w:id="267"/>
     </w:p>
     <w:p w14:paraId="6A03CDAE" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C61946">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– Cognome in maiuscoletto, virgola, spazio, iniziale del nome, punto, virgola, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF68A18" w14:textId="00406941" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C61946">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
@@ -18842,51 +18011,51 @@
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EE182CD" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00AA3CF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="708BABDC" wp14:editId="394D1148">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>120015</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4719955" cy="850900"/>
                 <wp:effectExtent l="13335" t="8255" r="10160" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="27" name="Rectangle 60"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -18910,51 +18079,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="2FF03782" id="Rectangle 60" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:9.45pt;width:371.65pt;height:67pt;z-index:251706368;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxlMxVBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mqhq1R02nqGEIa&#10;DGnwA1zHSSxsnzm7Tcev5+x2XQVviDxYvpz93X3ffV7dHKxhe4VBg2t5NSs5U05Cp93Q8u/f7t9d&#10;cxaicJ0w4FTLn1XgN+u3b1aTb9QcRjCdQkYgLjSTb/kYo2+KIshRWRFm4JWjZA9oRaQQh6JDMRG6&#10;NcW8LN8XE2DnEaQKgf7eHZN8nfH7Xsn42PdBRWZaTr3FvGJet2kt1ivRDCj8qOWpDfEPXVihHRU9&#10;Q92JKNgO9V9QVkuEAH2cSbAF9L2WKnMgNlX5B5unUXiVuZA4wZ9lCv8PVn7ZP/mvmFoP/gHkj8Ac&#10;bEbhBnWLCNOoREflqiRUMfnQnC+kINBVtp0+Q0ejFbsIWYNDjzYBEjt2yFI/n6VWh8gk/VxcVctl&#10;XXMmKXddl8syz6IQzcttjyF+VGBZ2rQcaZQZXewfQkzdiOblSCrm4F4bk8dpHJtavqzndb4QwOgu&#10;JTNJHLYbg2wvkiHyl6kR/ctjVkeypdGWmjsfEk1S44PrcpUotDnuqRPjTvIkRZL5QrOF7pnUQTh6&#10;jt4IbUbAX5xN5LeWh587gYoz88mRwstqsUgGzcGivppTgJeZ7WVGOElQLY+cHbebeDT1zqMeRqpU&#10;Ze4Obmkqvc6CvXZ1apY8lXU8+T+Z9jLOp15f6fo3AAAA//8DAFBLAwQUAAYACAAAACEAgx11QN0A&#10;AAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FqngUIb4lQB0WslChJwc+PF&#10;jhqvo9htwt+znOC4M6PZN+Vm8p044xDbQAoW8wwEUhNMS1bB2+t2tgIRkyaju0Co4BsjbKrLi1IX&#10;Joz0gud9soJLKBZagUupL6SMjUOv4zz0SOx9hcHrxOdgpRn0yOW+k3mW3UmvW+IPTvf45LA57k9e&#10;wXP/uauXNsr6PbmPY3gct25nlbq+muoHEAmn9BeGX3xGh4qZDuFEJopOwSznIMurNQi2729vFiAO&#10;LCzzNciqlP8HVD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMZTMVQYCAADtAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAgx11QN0AAAAIAQAA&#10;DwAAAAAAAAAAAAAAAABgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C63B109" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00AA3CF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="4962"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
@@ -18997,82 +18166,61 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="178B99D0" w14:textId="5853627C" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00AA3CF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>L</w:t>
-[...20 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>adaria,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.F.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   González-Montes,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -19080,80 +18228,68 @@
         </w:rPr>
         <w:t xml:space="preserve"> A.,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="350911D7" w14:textId="14F1971F" w:rsidR="00D873F1" w:rsidRPr="00BB1696" w:rsidRDefault="00680AD3" w:rsidP="00AA3CF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>ubarle</w:t>
-[...10 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>ubarle,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> A.-M.,</w:t>
       </w:r>
       <w:r w:rsidR="00D873F1" w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D873F1" w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
@@ -19238,62 +18374,60 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00D873F1" w:rsidRPr="00BB1696">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Betschart</w:t>
       </w:r>
       <w:r w:rsidR="00D873F1" w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D873F1" w:rsidRPr="00BB1696">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Ch</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D873F1" w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="619877A2" w14:textId="37FE4683" w:rsidR="00680AD3" w:rsidRPr="00BB1696" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DCE579" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C61946">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
@@ -19334,51 +18468,51 @@
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> seguita da una virgola. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58E37293" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251707392" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C9CC275" wp14:editId="04DCF167">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>140970</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2989580" cy="786765"/>
                 <wp:effectExtent l="13335" t="12065" r="6985" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="26" name="Rectangle 61"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -19402,51 +18536,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="74B62F0E" id="Rectangle 61" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:11.1pt;width:235.4pt;height:61.95pt;z-index:251707392;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAe0QV4BQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJcjXiFEW6DgO6&#10;dUC3D2BkORYmixqlxOm+fpSSptn2NswPgmiSh+Th0erm2Flx0BQMukqOBkMptFNYG7er5Lev9+8W&#10;UoQIrgaLTlfyWQd5s377ZtX7Uo+xRVtrEgziQtn7SrYx+rIogmp1B2GAXjt2NkgdRDZpV9QEPaN3&#10;thgPh7OiR6o9odIh8N+7k1OuM37TaBUfmyboKGwlubeYT8rnNp3FegXljsC3Rp3bgH/oogPjuOgF&#10;6g4iiD2Zv6A6owgDNnGgsCuwaYzSeQaeZjT8Y5qnFrzOszA5wV9oCv8PVn0+PPkvlFoP/gHV9yAc&#10;blpwO31LhH2roeZyo0RU0ftQXhKSEThVbPtPWPNqYR8xc3BsqEuAPJ04ZqqfL1TrYxSKf46Xi+V0&#10;wRtR7JsvZvPZNJeA8iXbU4gfNHYiXSpJvMqMDoeHEFM3UL6EpGIO7421eZ3Wib6Sy+l4mhMCWlMn&#10;Zx6SdtuNJXGAJIj8nev+FtaZyLK0pqvk4hIEZWLjvatzlQjGnu7ciXVnehIjSXyh3GL9zOwQnjTH&#10;b4QvLdJPKXrWWyXDjz2QlsJ+dMzwcjSZJIFmYzKdj9mga8/22gNOMVQloxSn6yaeRL33ZHYtVxrl&#10;2R3e8lYakwl77ercLGsq83jWfxLttZ2jXl/p+hcAAAD//wMAUEsDBBQABgAIAAAAIQBjZTZM3QAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW7pqFFSaTgWx6yQ2JOCWNSap&#10;1jhVk63l7TEnOFnW/+n352oz+15ccIxdIAWrZQYCqQ2mI6vg7bBdPICISZPRfSBU8I0RNvX1VaVL&#10;EyZ6xcs+WcElFEutwKU0lFLG1qHXcRkGJM6+wuh14nW00ox64nLfyzzLCul1R3zB6QGfHban/dkr&#10;eBk+d82djbJ5T+7jFJ6mrdtZpW5v5uYRRMI5/cHwq8/qULPTMZzJRNErWOQMKshznhyv77MCxJG5&#10;dbECWVfy/wP1DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAe0QV4BQIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjZTZM3QAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="28AF45C6" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -19458,71 +18592,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="671484A2" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Brown, R.E. – </w:t>
-[...19 lines deleted...]
-        <w:t>, J.A. – Murphy,</w:t>
+        <w:t xml:space="preserve"> Brown, R.E. – Fitzmyer, J.A. – Murphy,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.E,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1931348A" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
@@ -19619,51 +18733,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>er l’ordine dei nomi composti con una particella linguistica si tiene conto della prima lettera maiuscola. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FE1113B" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251708416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B25A94D" wp14:editId="5EDCC13E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>137160</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3396615" cy="1331595"/>
                 <wp:effectExtent l="13335" t="8890" r="9525" b="12065"/>
                 <wp:wrapNone/>
                 <wp:docPr id="25" name="Rectangle 63"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -19687,51 +18801,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="5C408B90" id="Rectangle 63" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:10.8pt;width:267.45pt;height:104.85pt;z-index:251708416;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8VZApBwIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhO4qwx4hRFug4D&#10;ugvQ7QMUWbaFyaJGKXGyrx+luGm2vQ3zg0Ca5CF5dLS+PfaGHRR6Dbbi+WTKmbISam3bin/7+vDm&#10;hjMfhK2FAasqflKe325ev1oPrlQz6MDUChmBWF8OruJdCK7MMi871Qs/AacsBRvAXgRysc1qFAOh&#10;9yabTafLbACsHYJU3tPf+3OQbxJ+0ygZPjeNV4GZitNsIZ2Yzl08s81alC0K12k5jiH+YYpeaEtN&#10;L1D3Igi2R/0XVK8lgocmTCT0GTSNlirtQNvk0z+2eeqEU2kXIse7C03+/8HKT4cn9wXj6N49gvzu&#10;mYVtJ2yr7hBh6JSoqV0eicoG58tLQXQ8lbLd8BFqulqxD5A4ODbYR0Dajh0T1acL1eoYmKSf8/lq&#10;ucwLziTF8vk8L1ZF6iHK53KHPrxX0LNoVBzpLhO8ODz6EMcR5XNK7GbhQRuT7tNYNlR8VcyKVODB&#10;6DoG05bY7rYG2UFERaRv7PtbWq8D6dLovuI3lyRRRjre2Tp1CUKbs02TGDvyEymJ6vPlDuoT0YNw&#10;Fh09EjI6wJ+cDSS4ivsfe4GKM/PBEsWrfLGICk3Oong7IwevI7vriLCSoCoeODub23BW9d6hbjvq&#10;lKfdLdzRtTQ6EfYy1TgsiSrxOD6AqNprP2W9PNPNLwAAAP//AwBQSwMEFAAGAAgAAAAhAPxDXQPd&#10;AAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNxa54cWFOJUAdFrJQoScHOT&#10;xY4ar6PYbcLbs5zocXZGM9+Wm9n14oxj6DwpSJcJCKTGtx0ZBe9v28UDiBA1tbr3hAp+MMCmur4q&#10;ddH6iV7xvI9GcAmFQiuwMQ6FlKGx6HRY+gGJvW8/Oh1Zjka2o5643PUyS5K1dLojXrB6wGeLzXF/&#10;cgpehq9dvTJB1h/Rfh7907S1O6PU7c1cP4KIOMf/MPzhMzpUzHTwJ2qD6BUsMg4qyNI1CLZX+d09&#10;iAMf8jQHWZXy8oHqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHxVkCkHAgAA7gMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPxDXQPdAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAAYQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="785EF606" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -19849,277 +18963,184 @@
         <w:t xml:space="preserve"> sotto D</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23D5DF41" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="2410"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> In </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> In der</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>der</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>mitten</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> sotto I</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE27330" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">», </w:t>
+        <w:t xml:space="preserve"> «McKane» viene elencato come se fosse «MacKane», </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3069E995" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «</w:t>
-[...35 lines deleted...]
-        <w:t>».</w:t>
+        <w:t xml:space="preserve"> «Nötscher» come se fosse «Noetscher».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A32B73E" w14:textId="6E7F39DC" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C61946">
       <w:pPr>
         <w:pStyle w:val="2gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="267" w:name="_Toc33794802"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="269" w:name="_Toc120694045"/>
+      <w:bookmarkStart w:id="268" w:name="_Toc33794802"/>
+      <w:bookmarkStart w:id="269" w:name="_Toc33795573"/>
+      <w:bookmarkStart w:id="270" w:name="_Toc120694045"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Opera collettiva</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="267"/>
       <w:bookmarkEnd w:id="268"/>
       <w:bookmarkEnd w:id="269"/>
+      <w:bookmarkEnd w:id="270"/>
     </w:p>
     <w:p w14:paraId="36ACB59E" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C61946">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Dopo il nome del curatore o dei curatori si mette «ed.», in tondo, separato da virgola e spazio. Non si usa «a cura di». L’abbreviazione «ed.» è invariabile; anche quando ci sono più curatori rimane «ed.». Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AC03E0D" w14:textId="5625C345" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="002616AA" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251729920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55EE524C" wp14:editId="01C111BA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>175895</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2083435" cy="485775"/>
                 <wp:effectExtent l="0" t="0" r="12065" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="24" name="Rectangle 91"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -20143,51 +19164,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="040717A6" id="Rectangle 91" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:13.85pt;width:164.05pt;height:38.25pt;z-index:251729920;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABhLaJBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJkzU14hRFug4D&#10;ugvQ7QMYWbaFyaJGKXGyrx+lpGm2vQ3zg0Ca5CF5dLS83fdW7DQFg66Sk9FYCu0U1sa1lfz29eHN&#10;QooQwdVg0elKHnSQt6vXr5aDL/UUO7S1JsEgLpSDr2QXoy+LIqhO9xBG6LXjYIPUQ2SX2qImGBi9&#10;t8V0PH5bDEi1J1Q6BP57fwzKVcZvGq3i56YJOgpbSZ4t5pPyuUlnsVpC2RL4zqjTGPAPU/RgHDc9&#10;Q91DBLEl8xdUbxRhwCaOFPYFNo1ROu/A20zGf2zz1IHXeRcmJ/gzTeH/wapPuyf/hdLowT+i+h6E&#10;w3UHrtV3RDh0GmpuN0lEFYMP5bkgOYFLxWb4iDVfLWwjZg72DfUJkLcT+0z14Uy13keh+Od0vLia&#10;Xc2lUBybLebX1/PcAsrnak8hvtfYi2RUkvgqMzrsHkNM00D5nJKaOXww1ubrtE4MlbyZT+e5IKA1&#10;dQrmJandrC2JHSRB5O/U97e03kSWpTV9JRfnJCgTG+9cnbtEMPZo8yTWnehJjCTxhXKD9YHZITxq&#10;jt8IGx3STykG1lslw48tkJbCfnDM8M1kNksCzc5sfj1lhy4jm8sIOMVQlYxSHM11PIp668m0HXea&#10;5N0d3vGtNCYT9jLVaVjWVObxpP8k2ks/Z7280tUvAAAA//8DAFBLAwQUAAYACAAAACEAQPNT+twA&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT8NMqxKkCotdKFCTamxsv&#10;dtR4HcVuE96e5USPoxnNfFOuJt+JMw6xDaRgPstAIDXBtGQVfH6s75YgYtJkdBcIFfxghFV1fVXq&#10;woSR3vG8TVZwCcVCK3Ap9YWUsXHodZyFHom97zB4nVgOVppBj1zuO5ln2ZP0uiVecLrHV4fNcXvy&#10;Ct76/aZ+tFHWX8ntjuFlXLuNVer2ZqqfQSSc0n8Y/vAZHSpmOoQTmSg6BXwkKcgXCxDs3ufLOYgD&#10;x7KHHGRVykv+6hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQABhLaJBgIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBA81P63AAAAAcBAAAP&#10;AAAAAAAAAAAAAAAAAGAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C192F6B" w14:textId="5B5B3C51" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002616AA">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -20262,80 +19283,72 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, O., ed.,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A1AB137" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002616AA">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A8870F2" w14:textId="77777777" w:rsidR="007D3A39" w:rsidRDefault="00680AD3" w:rsidP="002616AA">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">– Nel caso in cui l’opera non avesse un curatore, non si pone l’abbreviazione </w:t>
-[...6 lines deleted...]
-        <w:t>A</w:t>
+        <w:t>– Nel caso in cui l’opera non avesse un curatore, non si pone l’abbreviazione A</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> ma si segue l’ordine alfabetico dei titoli, non considerando l’articolo qualora vi sia, bensì la prima lettera del primo verbo o sostantivo o aggettivo (ad es.: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>La Chiesa</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -20354,51 +19367,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="768E1633" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251709440" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23B4032F" wp14:editId="6F90D3D6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-8890</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>101600</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5842000" cy="1457325"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="23" name="Rectangle 65"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -20422,51 +19435,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="341D4763" id="Rectangle 65" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.7pt;margin-top:8pt;width:460pt;height:114.75pt;z-index:251709440;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDuHJ0HAwIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GP0zAMfkfiP0R5Z13HBrtq3em04xDS&#10;cSAd/AAvTduINA5Otu749TjZbjfBG6IPkV07n+3PX1bXh8GKvaZg0NWynEyl0E5hY1xXy+/f7t4s&#10;pQgRXAMWna7lkw7yev361Wr0lZ5hj7bRJBjEhWr0texj9FVRBNXrAcIEvXYcbJEGiOxSVzQEI6MP&#10;tphNp++KEanxhEqHwH9vj0G5zvhtq1X80rZBR2Fryb3FfFI+t+ks1iuoOgLfG3VqA/6hiwGM46Jn&#10;qFuIIHZk/oIajCIM2MaJwqHAtjVK5xl4mnL6xzSPPXidZ2Fygj/TFP4frHrYP/qvlFoP/h7VjyAc&#10;bnpwnb4hwrHX0HC5MhFVjD5U5wvJCXxVbMfP2PBqYRcxc3BoaUiAPJ04ZKqfzlTrQxSKfy6Wc14f&#10;b0RxrJwv3r+dLXINqJ6vewrxo8ZBJKOWxLvM8LC/DzG1A9VzSqrm8M5Ym/dpnRhrebVgyDwYWtOk&#10;YHao224siT0kReTvVDdcpg0msi6tGWq5PCdBlej44JpcJYKxR5s7se7ET6IkqS9UW2yemB7Co+j4&#10;kbDRI/2SYmTB1TL83AFpKewnxxRflfN5Umh2mJAZO3QZ2V5GwCmGqmWU4mhu4lHVO0+m67lSmWd3&#10;eMNraU0m7KWrU7Msqszj6QEk1V76Oevlma5/AwAA//8DAFBLAwQUAAYACAAAACEAbrdJ8t4AAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FonVROVEKcKiF4r0SIBNzde4qjx&#10;OordJvw9ywmOOzOafVNuZ9eLK46h86QgXSYgkBpvOmoVvB13iw2IEDUZ3XtCBd8YYFvd3pS6MH6i&#10;V7weYiu4hEKhFdgYh0LK0Fh0Oiz9gMTelx+djnyOrTSjnrjc9XKVJLl0uiP+YPWAzxab8+HiFLwM&#10;n/s6a4Os36P9OPunaWf3rVL3d3P9CCLiHP/C8IvP6FAx08lfyATRK1ika06ynvMk9h/STQ7ipGC1&#10;zjKQVSn/L6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO4cnQcDAgAA7gMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG63SfLeAAAACQEAAA8A&#10;AAAAAAAAAAAAAAAAXQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="43F69132" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -20537,61 +19550,52 @@
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Eucaristia e Chiesa</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Brescia 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27C69BB3" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD3738">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Lossky</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, V., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>La teologia mistica della Chiesa d’Oriente</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Bologna 1985.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="094FDA3A" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002616AA">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
@@ -20636,51 +19640,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– i titoli vengono posti secondo l’ordine cronologico. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A3EBE5" w14:textId="4F4E666A" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10423805" wp14:editId="576BD4F5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-9525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>113030</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5844540" cy="1104900"/>
                 <wp:effectExtent l="5080" t="11430" r="8255" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="22" name="Rectangle 66"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -20704,51 +19708,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="3E1F6F8B" id="Rectangle 66" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.75pt;margin-top:8.9pt;width:460.2pt;height:87pt;z-index:251710464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4G7bVBgIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOnK0x4hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx+lpGmwvQ3zgyCa5CHPIbW6PVjD9gqDBtfyalZyppyETruh5d+/Pby5&#10;4SxE4TphwKmWH1Xgt+vXr1aTb9QcRjCdQkYgLjSTb/kYo2+KIshRWRFm4JUjZw9oRSQTh6JDMRG6&#10;NcW8LN8WE2DnEaQKgf7en5x8nfH7Xsn4pe+Disy0nHqL+cR8btNZrFeiGVD4UctzG+IfurBCOyp6&#10;gboXUbAd6r+grJYIAfo4k2AL6HstVeZAbKryDzZPo/AqcyFxgr/IFP4frPy8f/JfMbUe/CPIH4E5&#10;2IzCDeoOEaZRiY7KVUmoYvKhuSQkI1Aq206foKPRil2ErMGhR5sAiR07ZKmPF6nVITJJPxc3db2o&#10;aSKSfFVV1ssyD6MQzXO6xxA/KLAsXVqONMsML/aPIaZ2RPMckqo5eNDG5Hkax6aWLxfzRU4IYHSX&#10;nJklDtuNQbYXaSPyl7kR/+swqyPtpdG25TeXINEkOd67LleJQpvTnTox7qxPkiRtX2i20B1JHoTT&#10;0tEjocsI+IuziRau5eHnTqDizHx0JPGyqpMeMRv14t2cDLz2bK89wkmCannk7HTdxNNW7zzqYaRK&#10;Vebu4I7G0uss2EtX52ZpqbKO5weQtvbazlEvz3T9GwAA//8DAFBLAwQUAAYACAAAACEAcIw44dsA&#10;AAAJAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxa50gFdo0ThUQvVaiRQJubry1&#10;o8brKHab8PcsJ7jtPDQ7U24m34krDrENpCCfZyCQmmBasgreD9vZEkRMmozuAqGCb4ywqW5vSl2Y&#10;MNIbXvfJCg6hWGgFLqW+kDI2Dr2O89AjsXYKg9eJ4WClGfTI4b6TD1n2KL1uiT843eOLw+a8v3gF&#10;r/3Xrl7YKOuP5D7P4Xncup1V6v5uqtcgEk7pzwy/9bk6VNzpGC5kougUzPIFO5l/4gWsr/LlCsSR&#10;Cb5AVqX8v6D6AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADgbttUGAgAA7gMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHCMOOHbAAAACQEAAA8A&#10;AAAAAAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="039D8444" w14:textId="4CA29113" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002616AA">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> M</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -20829,98 +19833,98 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ———, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Discepoli del risorto</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Cinisello Balsamo 2014.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="270" w:name="_Toc33794803"/>
-      <w:bookmarkStart w:id="271" w:name="_Toc33795574"/>
+      <w:bookmarkStart w:id="271" w:name="_Toc33794803"/>
+      <w:bookmarkStart w:id="272" w:name="_Toc33795574"/>
     </w:p>
     <w:p w14:paraId="2DBA6169" w14:textId="77777777" w:rsidR="00A55E8F" w:rsidRPr="00AA3CF6" w:rsidRDefault="00A55E8F" w:rsidP="00AE6B52">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22BB0E25" w14:textId="7FEEEABB" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="009041CF">
       <w:pPr>
         <w:pStyle w:val="2gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="272" w:name="_Toc120694046"/>
+      <w:bookmarkStart w:id="273" w:name="_Toc120694046"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Titolo e riferimento</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="270"/>
       <w:bookmarkEnd w:id="271"/>
       <w:bookmarkEnd w:id="272"/>
+      <w:bookmarkEnd w:id="273"/>
     </w:p>
     <w:p w14:paraId="7D1A6FE3" w14:textId="3D98A743" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002616AA">
       <w:pPr>
         <w:pStyle w:val="3gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="273" w:name="_Toc33794804"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="275" w:name="_Toc120694047"/>
+      <w:bookmarkStart w:id="274" w:name="_Toc33794804"/>
+      <w:bookmarkStart w:id="275" w:name="_Toc33795575"/>
+      <w:bookmarkStart w:id="276" w:name="_Toc120694047"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Libro</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="273"/>
       <w:bookmarkEnd w:id="274"/>
       <w:bookmarkEnd w:id="275"/>
+      <w:bookmarkEnd w:id="276"/>
     </w:p>
     <w:p w14:paraId="7A435E7B" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002616AA">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– Il titolo va riportato nella sua completezza. Quindi titolo per esteso e sottotitolo qualora vi fosse. Deve essere tutto in corsivo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="058CA12E" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002616AA">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
@@ -20986,51 +19990,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="249CC00C" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251711488" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5ED59D3C" wp14:editId="12B8B34D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>28575</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>122555</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5741035" cy="977265"/>
                 <wp:effectExtent l="0" t="0" r="12065" b="13335"/>
                 <wp:wrapNone/>
                 <wp:docPr id="21" name="Rectangle 67"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -21054,51 +20058,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="08321440" id="Rectangle 67" o:spid="_x0000_s1026" style="position:absolute;margin-left:2.25pt;margin-top:9.65pt;width:452.05pt;height:76.95pt;z-index:251711488;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmq6T/BQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjO4qY14hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx+lpGm2vQ3zg0Ca5CF5dLS83VvDdgqDBtfwcjLlTDkJrXZ9w799fXhz&#10;zVmIwrXCgFMNP6jAb1evXy1HX6sZDGBahYxAXKhH3/AhRl8XRZCDsiJMwCtHwQ7Qikgu9kWLYiR0&#10;a4rZdHpVjICtR5AqBPp7fwzyVcbvOiXj564LKjLTcJot5hPzuUlnsVqKukfhBy1PY4h/mMIK7ajp&#10;GepeRMG2qP+CsloiBOjiRIItoOu0VHkH2qac/rHN0yC8yrsQOcGfaQr/D1Z+2j35L5hGD/4R5PfA&#10;HKwH4Xp1hwjjoERL7cpEVDH6UJ8LkhOolG3Gj9DS1YpthMzBvkObAGk7ts9UH85Uq31kkn5Wi3k5&#10;fVtxJil2s1jMrqrcQtTP1R5DfK/AsmQ0HOkqM7rYPYaYphH1c0pq5uBBG5Ov0zg2Emg1q3JBAKPb&#10;FMxLYr9ZG2Q7kQSRv1Pf39KsjiRLo23Dr89Jok5svHNt7hKFNkebJjHuRE9iJIkv1BtoD8QOwlFz&#10;9EbIGAB/cjaS3hoefmwFKs7MB0cM35TzeRJodubVYkYOXkY2lxHhJEE1PHJ2NNfxKOqtR90P1KnM&#10;uzu4o1vpdCbsZarTsKSpzONJ/0m0l37Oenmlq18AAAD//wMAUEsDBBQABgAIAAAAIQB/H5U13QAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqENLSxviVAHRayUKEnBz48WO&#10;Gq+j2G3C33c5lePOjGbfFOvRt+KEfWwCKbifZCCQ6mAasgo+3jd3SxAxaTK6DYQKfjHCury+KnRu&#10;wkBveNolK7iEYq4VuJS6XMpYO/Q6TkKHxN5P6L1OfPZWml4PXO5bOc2yhfS6If7gdIcvDuvD7ugV&#10;vHbf22puo6w+k/s6hOdh47ZWqdubsXoCkXBMlzD84TM6lMy0D0cyUbQKHuYcZHk1A8H2KlsuQOxZ&#10;eJxNQZaF/D+gPAMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAmq6T/BQIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB/H5U13QAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C804754" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">  Borgonovo, G.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -21193,129 +20197,129 @@
         <w:t>Unity and Diversity, Essays in the History, Literature and Religion of the Ancient Near East</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, Baltimore – London 1975. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D306F6" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="276" w:name="_Hlk116921489"/>
+      <w:bookmarkStart w:id="277" w:name="_Hlk116921489"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>onadoni</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, S., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>La letteratura egizia</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Le Letterature del Mondo 28, Firenze – Milano 1967</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="276"/>
+      <w:bookmarkEnd w:id="277"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55BEFF0E" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="0056235F">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B4BA750" w14:textId="7FD28556" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00555025" w:rsidP="008B2EC6">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="277" w:name="_Toc33794805"/>
-      <w:bookmarkStart w:id="278" w:name="_Toc33795576"/>
+      <w:bookmarkStart w:id="278" w:name="_Toc33794805"/>
+      <w:bookmarkStart w:id="279" w:name="_Toc33795576"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>L’opera ha più volumi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="277"/>
       <w:bookmarkEnd w:id="278"/>
+      <w:bookmarkEnd w:id="279"/>
     </w:p>
     <w:p w14:paraId="4ACF2C28" w14:textId="77777777" w:rsidR="0056235F" w:rsidRPr="00AA3CF6" w:rsidRDefault="0056235F" w:rsidP="008B2EC6">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="405E58C4" w14:textId="695DF155" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="008B2EC6">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Se tutti i volumi hanno uguale titolo e sottotitolo si distinguono i numeri dei volumi in numeri romani, dopo il sottotitolo separati da una virgola</w:t>
       </w:r>
@@ -21351,95 +20355,95 @@
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">– L’opera fa parte di una collana con una numerazione: i numeri dei volumi seguono il nome della collana, separati tra di loro con virgola e spazio. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="403F3DCB" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="0056235F">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="279" w:name="_Hlk116920900"/>
+      <w:bookmarkStart w:id="280" w:name="_Hlk116920900"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– Tutti i volumi hanno lo stesso titolo ma ciascun volume ha un sottotitolo diverso: dopo il titolo si mettono i diversi sottotitoli, preceduti da: punto e numero del volume (cifre romane, tondo) + punto. Quando non sono successive, le date sono separate da una virgola. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Es</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="279"/>
+      <w:bookmarkEnd w:id="280"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="280" w:name="_Hlk116920946"/>
+    <w:bookmarkStart w:id="281" w:name="_Hlk116920946"/>
     <w:p w14:paraId="0AF4603A" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00AE6B52">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251712512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E603638" wp14:editId="254DA053">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>16510</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>107950</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788660" cy="1148715"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="13335"/>
                 <wp:wrapNone/>
                 <wp:docPr id="20" name="Rectangle 68"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -21463,144 +20467,144 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="6074FDDF" id="Rectangle 68" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.3pt;margin-top:8.5pt;width:455.8pt;height:90.45pt;z-index:251712512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQClZaaxBgIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOcqsRpyjSdRjQ&#10;rQO6fYAiy7YwSdQoJU729aOUNM22t2F+EESTPCQPj1a3B2vYXmHQ4GpejsacKSeh0a6r+bevD++W&#10;nIUoXCMMOFXzowr8dv32zWrwlZpAD6ZRyAjEhWrwNe9j9FVRBNkrK8IIvHLkbAGtiGRiVzQoBkK3&#10;ppiMx/NiAGw8glQh0N/7k5OvM37bKhmf2jaoyEzNqbeYT8znNp3FeiWqDoXvtTy3If6hCyu0o6IX&#10;qHsRBduh/gvKaokQoI0jCbaAttVS5RlomnL8xzTPvfAqz0LkBH+hKfw/WPl5/+y/YGo9+EeQ3wNz&#10;sOmF69QdIgy9Eg2VKxNRxeBDdUlIRqBUth0+QUOrFbsImYNDizYB0nTskKk+XqhWh8gk/Zwtlsv5&#10;nDYiyVeW0+WinOUaonpJ9xjiBwWWpUvNkXaZ4cX+McTUjqheQlI1Bw/amLxP49hQ85vZZJYTAhjd&#10;JGeeErvtxiDbi6SI/J3r/hZmdSRdGm1rvrwEiSrR8d41uUoU2pzu1IlxZ34SJUl9odpCcyR6EE6i&#10;o0dClx7wJ2cDCa7m4cdOoOLMfHRE8U05nSaFZmM6W0zIwGvP9tojnCSomkfOTtdNPKl651F3PVUq&#10;8+wO7mgtrc6EvXZ1bpZElXk8P4Ck2ms7R70+0/UvAAAA//8DAFBLAwQUAAYACAAAACEAMzeaU9wA&#10;AAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTCFoS4lQB0WslChJwc+PF&#10;jhqvo9htwt+znOC4M6PZN9Vm9r044xi7QAqWiwwEUhtMR1bB2+v25h5ETJqM7gOhgm+MsKkvLypd&#10;mjDRC573yQouoVhqBS6loZQytg69joswILH3FUavE5+jlWbUE5f7XuZZtpJed8QfnB7wyWF73J+8&#10;gufhc9fc2Sib9+Q+juFx2rqdVer6am4eQCSc018YfvEZHWpmOoQTmSh6BfmKgyyveRHbxfI2B3Fg&#10;oVgXIOtK/h9Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQClZaaxBgIAAO4DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAzN5pT3AAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAGAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C1C5301" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00AE6B52">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="281" w:name="_Hlk116920835"/>
+      <w:bookmarkStart w:id="282" w:name="_Hlk116920835"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacomio, L., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ed., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Dizionario Teologico Interdisciplinare</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, I, Torino 1977.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45A94792" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00AE6B52">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="282" w:name="_Hlk116921201"/>
+      <w:bookmarkStart w:id="283" w:name="_Hlk116921201"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">avasi, G., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Il libro dei Salmi</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, I-III, Lettura Pastorale della Bibbia 12, 14, 17, Bologna 1981-1984 </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="282"/>
+      <w:bookmarkEnd w:id="283"/>
     </w:p>
     <w:p w14:paraId="0A2B8FB3" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00AE6B52">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -21644,90 +20648,90 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. II. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Moral de la persona y de la familia</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, Burgos 1992, 1993.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
     <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkEnd w:id="282"/>
     <w:p w14:paraId="4C3B6324" w14:textId="77777777" w:rsidR="0056235F" w:rsidRPr="00BB1696" w:rsidRDefault="0056235F" w:rsidP="0056235F">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19A857BB" w14:textId="0773BF64" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00555025" w:rsidP="00555025">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="283" w:name="_Toc33794806"/>
-      <w:bookmarkStart w:id="284" w:name="_Toc33795577"/>
+      <w:bookmarkStart w:id="284" w:name="_Toc33794806"/>
+      <w:bookmarkStart w:id="285" w:name="_Toc33795577"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>L’opera ha avuto più edizioni</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="283"/>
       <w:bookmarkEnd w:id="284"/>
+      <w:bookmarkEnd w:id="285"/>
     </w:p>
     <w:p w14:paraId="5F697B03" w14:textId="77777777" w:rsidR="00535494" w:rsidRPr="00AA3CF6" w:rsidRDefault="00535494" w:rsidP="00535494">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A3A5F0C" w14:textId="24C973BA" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00535494">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -21749,51 +20753,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C5D3F73" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251714560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44EA22A3" wp14:editId="4DE49209">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>97790</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788800" cy="518400"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="15240"/>
                 <wp:wrapNone/>
                 <wp:docPr id="18" name="Rectangle 71"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -21817,196 +20821,185 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="139F7645" id="Rectangle 71" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:7.7pt;width:455.8pt;height:40.8pt;z-index:251714560;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKEOpJBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkjU14hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx8lp2m2vhXTg0CK0iF5eLS6OVjD9gqDBlfzcjLlTDkJjXZdzX98v3+3&#10;5CxE4RphwKmaH1XgN+u3b1aDr9QMejCNQkYgLlSDr3kfo6+KIsheWREm4JWjYAtoRSQXu6JBMRC6&#10;NcVsOn1fDICNR5AqBDq9G4N8nfHbVsn4tW2DiszUnGqLece8b9NerFei6lD4XstTGeIVVVihHSU9&#10;Q92JKNgO9QsoqyVCgDZOJNgC2lZLlXugbsrpP9089sKr3AuRE/yZpvD/YOWX/aP/hqn04B9A/gzM&#10;waYXrlO3iDD0SjSUrkxEFYMP1flBcgI9ZdvhMzQ0WrGLkDk4tGgTIHXHDpnq45lqdYhM0uHiarlc&#10;TmkikmKLcjknO6UQ1dNrjyF+VGBZMmqONMqMLvYPIY5Xn66kZA7utTF5nMaxoebXi9kiPwhgdJOC&#10;uUnsthuDbC+SIPI65f3rmtWRZGm0rTlVSWsUSmLjg2tylii0GW0q2rgTPYmRJL5QbaE5EjsIo+bo&#10;j5DRA/7mbCC91Tz82glUnJlPjhi+LufzJNDszBdXM3LwMrK9jAgnCarmkbPR3MRR1DuPuuspU5l7&#10;d3BLU2l1Juy5qlOxpKlM+Un/SbSXfr71/EvXfwAAAP//AwBQSwMEFAAGAAgAAAAhAKWsmFTbAAAA&#10;BgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I+w+RkbixtBPboDSdCmLXSYxJwC1rTFKt&#10;caomW8u/x5zg5udnvfe53Ey+ExccYhtIQT7PQCA1wbRkFRzetrf3IGLSZHQXCBV8Y4RNNbsqdWHC&#10;SK942ScrOIRioRW4lPpCytg49DrOQ4/E3lcYvE4sByvNoEcO951cZNlKet0SNzjd47PD5rQ/ewUv&#10;/eeuXtoo6/fkPk7hady6nVXq5nqqH0EknNLfMfziMzpUzHQMZzJRdAr4kcTb5R0Idh/yfAXiyMM6&#10;A1mV8j9+9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBKEOpJBAIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQClrJhU2wAAAAYBAAAPAAAA&#10;AAAAAAAAAAAAAF4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E226671" w14:textId="7CAE5156" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Steggink, O</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">La Reforma del Carmelo español. La visita canónica del general </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AA3CF6">
+        <w:t>La Reforma del Carmelo español. La visita canónica del general Rubeo</w:t>
+      </w:r>
+      <w:r w:rsidR="00535494" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Rubeo</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00535494" w:rsidRPr="00AA3CF6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA3CF6">
+        <w:t>y su encuentro con Santa Teresa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, 1566-1567, Roma 1965, Ávila 1993</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB84771" w14:textId="77777777" w:rsidR="0056235F" w:rsidRPr="00BB1696" w:rsidRDefault="0056235F" w:rsidP="0056235F">
+      <w:pPr>
+        <w:pStyle w:val="Normale-Testo"/>
+        <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>y su encuentro con Santa Teresa</w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="1DB84771" w14:textId="77777777" w:rsidR="0056235F" w:rsidRPr="00BB1696" w:rsidRDefault="0056235F" w:rsidP="0056235F">
+      </w:pPr>
+      <w:bookmarkStart w:id="286" w:name="_Toc33794807"/>
+      <w:bookmarkStart w:id="287" w:name="_Toc33795578"/>
+    </w:p>
+    <w:p w14:paraId="18C0EDD2" w14:textId="5A92B0CB" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00555025" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
-        <w:ind w:firstLine="0"/>
+        <w:keepNext/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="es-ES"/>
-[...8 lines deleted...]
-        <w:keepNext/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AA3CF6">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">c) </w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>Traduzioni</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="285"/>
       <w:bookmarkEnd w:id="286"/>
+      <w:bookmarkEnd w:id="287"/>
     </w:p>
     <w:p w14:paraId="60E2B043" w14:textId="77777777" w:rsidR="0056235F" w:rsidRPr="00AA3CF6" w:rsidRDefault="0056235F" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C706150" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -22040,85 +21033,71 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tra il riferimento all’originale e quello alla traduzione, si mette: punto e virgola + spazio, «trad. inglese, spagnola, ecc.» (nella lingua della tesi), virgola, spazio, titolo in corsivo, ecc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC6D71B" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00535494">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Non è necessario mettere il nome del traduttore; se tuttavia lo si volesse citare, viene messo dopo il titolo, preceduto da «</w:t>
-[...13 lines deleted...]
-        <w:t>.». Es.:</w:t>
+        <w:t>Non è necessario mettere il nome del traduttore; se tuttavia lo si volesse citare, viene messo dopo il titolo, preceduto da «tr.». Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="003710B0" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251732992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57B029A0" wp14:editId="70D59C92">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>151130</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788800" cy="853200"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="23495"/>
                 <wp:wrapNone/>
                 <wp:docPr id="17" name="Rectangle 94"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -22142,212 +21121,162 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="71C617AF" id="Rectangle 94" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:11.9pt;width:455.8pt;height:67.2pt;z-index:251732992;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKQeAiBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG1p2W7UdLXqsghp&#10;WZAWPmDqOImF4zFjt2n5esZut1vghsjB8mTsN2/ePC9v9r0VO03BoKvkZDSWQjuFtXFtJb99vX+z&#10;kCJEcDVYdLqSBx3kzer1q+XgSz3FDm2tSTCIC+XgK9nF6MuiCKrTPYQReu042SD1EDmktqgJBkbv&#10;bTEdj98VA1LtCZUOgf/eHZNylfGbRqv4uWmCjsJWkrnFvFJeN2ktVksoWwLfGXWiAf/AogfjuOgZ&#10;6g4iiC2Zv6B6owgDNnGksC+waYzSuQfuZjL+o5unDrzOvbA4wZ9lCv8PVj3unvwXStSDf0D1PQiH&#10;6w5cq2+JcOg01FxukoQqBh/K84UUBL4qNsMnrHm0sI2YNdg31CdA7k7ss9SHs9R6H4Xin/OrxWIx&#10;5okozi3mb3mWuQSUz7c9hfhBYy/SppLEo8zosHsIMbGB8vlIKubw3libx2mdGCp5PZ/O84WA1tQp&#10;mZukdrO2JHaQDJG/U93fjvUmsi2t6Znc+RCUSY33rs5VIhh73DMT607yJEWS+UK5wfrA6hAePcdv&#10;hDcd0k8pBvZbJcOPLZCWwn50rPD1ZDZLBs3BbH415YAuM5vLDDjFUJWMUhy363g09daTaTuuNMm9&#10;O7zlqTQmC/bC6kSWPZV1PPk/mfYyzqdeXunqFwAAAP//AwBQSwMEFAAGAAgAAAAhAIMt4fDbAAAA&#10;BwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok6BWJcSpAqLXSrRIwM2NFztq&#10;vI5itwl/z3KC42hGM2+qzex7ccExdoEU5IsMBFIbTEdWwdthe7cGEZMmo/tAqOAbI2zq66tKlyZM&#10;9IqXfbKCSyiWWoFLaSiljK1Dr+MiDEjsfYXR68RytNKMeuJy38siy1bS6454wekBnx22p/3ZK3gZ&#10;PnfN0kbZvCf3cQpP09btrFK3N3PzCCLhnP7C8IvP6FAz0zGcyUTRK+AjSUFxz/zsPuT5CsSRY8t1&#10;AbKu5H/++gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCKQeAiBAIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCDLeHw2wAAAAcBAAAPAAAA&#10;AAAAAAAAAAAAAF4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B87D660" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00535494">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Alonso </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Alonso Schökel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, L., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Manual de poética hebrea</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Madrid 1987; trad. italiana, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Manuale di poetica ebraica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Brescia 1989.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053801B0" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00535494">
+      <w:pPr>
+        <w:pStyle w:val="BibliografiaTeresianum"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Schökel</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, L., </w:t>
+        <w:t>Westermann</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, C., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Manual de </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Schöpfung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Stuttgart 1971; trad. italiana, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>poética</w:t>
-[...83 lines deleted...]
-        </w:rPr>
         <w:t>Creazione</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...13 lines deleted...]
-        <w:t>. A. Bonora, Brescia 1991</w:t>
+        <w:t>, tr. A. Bonora, Brescia 1991</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50A57283" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00535494">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7626E08E" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00535494">
       <w:pPr>
@@ -22357,51 +21286,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Tuttavia, se nelle note si è fatto solo riferimento a una traduzione, si può riportare prima la traduzione e poi l’edizione originale; tra il riferimento alla traduzione e quello all’originale, si mette: punto e virgola + spazio, «orig. inglese, francese, ecc.» (nella lingua della tesi), virgola, spazio, titolo in corsivo, ecc. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C81A70A" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251734016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D3D501E" wp14:editId="4FFABD9E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1269</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>121285</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788660" cy="486000"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="16" name="Rectangle 95"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -22425,51 +21354,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="5FDC78D6" id="Rectangle 95" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:9.55pt;width:455.8pt;height:38.25pt;z-index:251734016;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRr8awBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XhIQsGxEWK3YblVp&#10;e5G2/YDBcYhVx+OODYF+fceGZVH7VjUPlidjn5lz5nh5d+it2GsKBl0tx6NSCu0UNsZta/n92+O7&#10;hRQhgmvAotO1POog71Zv3ywHX+kJdmgbTYJBXKgGX8suRl8VRVCd7iGM0GvHyRaph8ghbYuGYGD0&#10;3haTspwXA1LjCZUOgf8+nJJylfHbVqv4pW2DjsLWknuLeaW8btJarJZQbQl8Z9S5DfiHLnowjote&#10;oB4ggtiR+QuqN4owYBtHCvsC29YonTkwm3H5B5vnDrzOXFic4C8yhf8Hqz7vn/1XSq0H/4TqRxAO&#10;1x24rb4nwqHT0HC5cRKqGHyoLhdSEPiq2AyfsOHRwi5i1uDQUp8AmZ04ZKmPF6n1IQrFP2c3i8V8&#10;zhNRnJsu5mWZZ1FA9XLbU4gfNPYibWpJPMqMDvunEFM3UL0cScUcPhpr8zitE0Mtb2eTWb4Q0Jom&#10;JTNJ2m7WlsQekiHyl6kx/etjvYlsS2v6Wi4uh6BKarx3Ta4SwdjTnjux7ixPUiSZL1QbbI6sDuHJ&#10;c/xGeNMh/ZJiYL/VMvzcAWkp7EfHCt+Op9Nk0BxMZzcTDug6s7nOgFMMVcsoxWm7jidT7zyZbceV&#10;xpm7w3ueSmuyYK9dnZtlT2Udz/5Ppr2O86nXV7r6DQAA//8DAFBLAwQUAAYACAAAACEAj8+RD9wA&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VI3FonFa1oiFMFRK+VKEi0Nzde&#10;7KjxOordJvw9ywluszOj2VduJt+JKw6xDaQgn2cgkJpgWrIKPt63s0cQMWkyuguECr4xwqa6vSl1&#10;YcJIb3jdJyt4hGKhFbiU+kLK2Dj0Os5Dj8TZVxi8TnwOVppBjzzuO7nIspX0uiX+4HSPLw6b8/7i&#10;Fbz2x129tFHWn8kdzuF53LqdVer+bqqfQCSc0l8ZfvEZHSpmOoULmSg6BbMFF9le5yA4Xuf5A4gT&#10;i+UKZFXK//zVDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDRr8awBgIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCPz5EP3AAAAAcBAAAP&#10;AAAAAAAAAAAAAAAAAGAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="24F2036D" w14:textId="7B9A5C9D" w:rsidR="00680AD3" w:rsidRPr="00BB1696" w:rsidRDefault="00680AD3" w:rsidP="00535494">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -22485,69 +21414,51 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>L’arte della narrativa biblica</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, Brescia 1990; orig. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">inglese, </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Art of </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Narrative</w:t>
+        <w:t>The Art of Biblical Narrative</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, New York 1981.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62467F2B" w14:textId="00E3276D" w:rsidR="001A73E5" w:rsidRPr="00BB1696" w:rsidRDefault="001A73E5" w:rsidP="00535494">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DB34F85" w14:textId="77777777" w:rsidR="00590677" w:rsidRPr="00BB1696" w:rsidRDefault="00590677" w:rsidP="00363119">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -22615,51 +21526,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D3A39">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B88FCF" w14:textId="605041A9" w:rsidR="007124D4" w:rsidRPr="00AA3CF6" w:rsidRDefault="00E702FD" w:rsidP="000236B3">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251759616" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60DD625E" wp14:editId="5E713028">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>32385</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5756275" cy="1836420"/>
                 <wp:effectExtent l="0" t="0" r="15875" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="194" name="Rectangle 75"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -23009,51 +21920,51 @@
                           <w:p w14:paraId="7DDDB69B" w14:textId="77777777" w:rsidR="00590677" w:rsidRPr="00BB1696" w:rsidRDefault="00590677" w:rsidP="00590677">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="60DD625E" id="Rectangle 75" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-.1pt;margin-top:2.55pt;width:453.25pt;height:144.6pt;z-index:251759616;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuun41DgIAAPkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46zOEmNOEWRrsOA&#10;rhvQ7QNkWbaFyaJGKXGyrx+lpGmw3Yb5IJAm9Ug+Pq1vD4Nhe4Veg614PplypqyERtuu4t+/Pbxb&#10;ceaDsI0wYFXFj8rz283bN+vRlWoGPZhGISMQ68vRVbwPwZVZ5mWvBuEn4JSlYAs4iEAudlmDYiT0&#10;wWSz6XSRjYCNQ5DKe/p7fwryTcJvWyXDl7b1KjBTceotpBPTWccz26xF2aFwvZbnNsQ/dDEIbano&#10;BepeBMF2qP+CGrRE8NCGiYQhg7bVUqUZaJp8+sc0z71wKs1C5Hh3ocn/P1j5tH92XzG27t0jyB+e&#10;Wdj2wnbqDhHGXomGyuWRqGx0vrxciI6nq6weP0NDqxW7AImDQ4tDBKTp2CFRfbxQrQ6BSfpZLIvF&#10;bFlwJimWr94v5rO0jEyUL9cd+vBRwcCiUXGkXSZ4sX/0IbYjypeUWM3CgzYm7dNYNlb8ppgV6YIH&#10;o5sYTFNiV28Nsr2Iikhfmo3mv04bdCBdGj1UfHVJEmWk44NtUpUgtDnZ1ImxZ34iJVF9vgyH+kCJ&#10;0ayhORJTCCf90Xshowf8xdlI2qu4/7kTqDgznyyxfZPP51GsyZkXS6KG4XWkvo4IKwmq4oGzk7kN&#10;J4HvHOqup0p5osHCHW2o1Ym7167OfZO+EqXntxAFfO2nrNcXu/kNAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsmLtU3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSPyDtUjcWqcprWjIpgqI&#10;XitRkICbGy921HgdxW4T/h5zguNoRm9euZ1cJy40hNYzwmKegSBuvG7ZILy97mb3IEJUrFXnmRC+&#10;KcC2ur4qVaH9yC90OUQjEoRDoRBsjH0hZWgsORXmvidO3ZcfnIopDkbqQY0J7jqZZ9laOtVyerCq&#10;pydLzelwdgjP/ee+Xpkg6/doP07+cdzZvUG8vZnqBxCRpvg3hl/9pA5Vcjr6M+sgOoRZnoYIqwWI&#10;1G6y9RLEESHf3C1BVqX871/9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAC66fjUOAgAA&#10;+QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOyYu1Tc&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAAaAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" filled="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="35888517" w14:textId="45950A4B" w:rsidR="00590677" w:rsidRPr="00982FBC" w:rsidRDefault="00590677" w:rsidP="00590677">
                       <w:pPr>
                         <w:pStyle w:val="BibliografiaTeresianum"/>
                         <w:rPr>
                           <w:lang w:val="es-ES"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:smallCaps/>
                           <w:lang w:val="es-ES"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Juan de la Cruz, </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00541732">
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:lang w:val="es-ES"/>
                         </w:rPr>
                         <w:t>Obras completas</w:t>
@@ -23377,98 +22288,84 @@
     </w:p>
     <w:p w14:paraId="342094E1" w14:textId="5CAF5852" w:rsidR="00590677" w:rsidRPr="00AA3CF6" w:rsidRDefault="00590677" w:rsidP="00590677">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4360181D" w14:textId="587E7B1C" w:rsidR="00536E82" w:rsidRDefault="00536E82" w:rsidP="00590677">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="737A2970" w14:textId="4B397338" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002616AA">
       <w:pPr>
         <w:pStyle w:val="3gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="287" w:name="_Toc33794808"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="289" w:name="_Toc120694048"/>
+      <w:bookmarkStart w:id="288" w:name="_Toc33794808"/>
+      <w:bookmarkStart w:id="289" w:name="_Toc33795579"/>
+      <w:bookmarkStart w:id="290" w:name="_Toc120694048"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Articolo</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="287"/>
       <w:bookmarkEnd w:id="288"/>
       <w:bookmarkEnd w:id="289"/>
+      <w:bookmarkEnd w:id="290"/>
     </w:p>
     <w:p w14:paraId="30949A69" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00FA5BE4">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>– T</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">itolo dell’articolo: tondo, fra virgolette italiane </w:t>
-[...13 lines deleted...]
-        <w:t>), seguito da una virgola;</w:t>
+        <w:t>itolo dell’articolo: tondo, fra virgolette italiane (« »), seguito da una virgola;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FF47733" w14:textId="3044684E" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00FA5BE4">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> titolo della rivista: corsivo (non preceduto da «in» o equivalenti)</w:t>
       </w:r>
       <w:r w:rsidR="00A55E8F">
         <w:rPr>
@@ -23522,51 +22419,51 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> numeri complessivi di pagine, senza porre «p.» oppure «pp.». Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="721E962D" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E213C2B" wp14:editId="3C0FE4C7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>121285</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5795645" cy="673200"/>
                 <wp:effectExtent l="0" t="0" r="14605" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="15" name="Rectangle 75"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -23590,114 +22487,90 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="480392EA" id="Rectangle 75" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:9.55pt;width:456.35pt;height:53pt;z-index:251715584;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB659LVBQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJ4qQx4hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx+lpGm2vQ3zgyCa5CF5eLS6PVjD9gqDBlfzyWjMmXISGu26mn/7+vDm&#10;hrMQhWuEAadqflSB365fv1oNvlJT6ME0ChmBuFANvuZ9jL4qiiB7ZUUYgVeOnC2gFZFM7IoGxUDo&#10;1hTT8XheDICNR5AqBPp7f3LydcZvWyXj57YNKjJTc+ot5hPzuU1nsV6JqkPhey3PbYh/6MIK7ajo&#10;BepeRMF2qP+CsloiBGjjSIItoG21VHkGmmYy/mOap154lWchcoK/0BT+H6z8tH/yXzC1HvwjyO+B&#10;Odj0wnXqDhGGXomGyk0SUcXgQ3VJSEagVLYdPkJDqxW7CJmDQ4s2AdJ07JCpPl6oVofIJP0sF8ty&#10;Pis5k+SbL97SLnMJUT1newzxvQLL0qXmSKvM6GL/GGLqRlTPIamYgwdtTF6ncWyo+bKcljkhgNFN&#10;cuYhsdtuDLK9SILI37nub2FWR5Kl0bbmN5cgUSU23rkmV4lCm9OdOjHuTE9iJIkvVFtojsQOwklz&#10;9Ebo0gP+5GwgvdU8/NgJVJyZD44YXk5msyTQbMzKxZQMvPZsrz3CSYKqeeTsdN3Ek6h3HnXXU6VJ&#10;nt3BHW2l1Zmwl67OzZKmMo9n/SfRXts56uWVrn8BAAD//wMAUEsDBBQABgAIAAAAIQBHBgVp3AAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWieRgmiIUwVEr5UoSMDNjRc7&#10;aryOYrcJf89yguPOjGbf1NvFD+KCU+wDKcjXGQikLpierIK3193qHkRMmoweAqGCb4ywba6val2Z&#10;MNMLXg7JCi6hWGkFLqWxkjJ2Dr2O6zAisfcVJq8Tn5OVZtIzl/tBFll2J73uiT84PeKTw+50OHsF&#10;z+Pnvi1tlO17ch+n8Djv3N4qdXuztA8gEi7pLwy/+IwODTMdw5lMFIOCVcFBljc5CLY3eVGCOLJQ&#10;lDnIppb/BzQ/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHrn0tUFAgAA7QMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEcGBWncAAAACAEAAA8A&#10;AAAAAAAAAAAAAAAAXwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A7424A7" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00FA5BE4">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t>C</w:t>
+        <w:t xml:space="preserve"> C</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>ausse</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, G., </w:t>
+        <w:t xml:space="preserve">ausse, G., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">«La misericordia come saggezza», </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>CivCatt</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">CivCatt </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3979 (2016) 3-16.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74AEC826" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00FA5BE4">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:bCs/>
@@ -23725,81 +22598,81 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bibbia e Oriente</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14 (1972) 107-118. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E30A54B" w14:textId="77777777" w:rsidR="00C51A12" w:rsidRPr="00AA3CF6" w:rsidRDefault="00C51A12" w:rsidP="00C51A12">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:left="644" w:firstLine="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="290" w:name="_Toc33794809"/>
-      <w:bookmarkStart w:id="291" w:name="_Toc33795580"/>
+      <w:bookmarkStart w:id="291" w:name="_Toc33794809"/>
+      <w:bookmarkStart w:id="292" w:name="_Toc33795580"/>
     </w:p>
     <w:p w14:paraId="70413D75" w14:textId="167795E5" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00555025" w:rsidP="00555025">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="292" w:name="_Hlk116918926"/>
+      <w:bookmarkStart w:id="293" w:name="_Hlk116918926"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>L’articolo si trova in un’opera collettiva</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="290"/>
       <w:bookmarkEnd w:id="291"/>
+      <w:bookmarkEnd w:id="292"/>
     </w:p>
     <w:p w14:paraId="55E261AF" w14:textId="77777777" w:rsidR="00C51A12" w:rsidRPr="00AA3CF6" w:rsidRDefault="00C51A12" w:rsidP="00C51A12">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11DFA1D3" w14:textId="4208D047" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C51A12">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>–</w:t>
@@ -23912,51 +22785,51 @@
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47AE2C71" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251716608" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="612018A3" wp14:editId="2501E4DD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>154305</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5796000" cy="450000"/>
                 <wp:effectExtent l="0" t="0" r="14605" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="Rectangle 76"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -23980,285 +22853,255 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="373A8BD6" id="Rectangle 76" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:12.15pt;width:456.4pt;height:35.45pt;z-index:251716608;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8NGTVBQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkrYx4hRFug4D&#10;ugvQ7QMYWbaFyaJGKXG6rx+lpGmwvQ3zg0Ca4iF5eLS6PQxW7DUFg66W00kphXYKG+O6Wn7/9vDu&#10;RooQwTVg0elaPusgb9dv36xGX+kZ9mgbTYJBXKhGX8s+Rl8VRVC9HiBM0GvHwRZpgMgudUVDMDL6&#10;YItZWV4VI1LjCZUOgf/eH4NynfHbVqv4pW2DjsLWknuL+aR8btNZrFdQdQS+N+rUBvxDFwMYx0XP&#10;UPcQQezI/AU1GEUYsI0ThUOBbWuUzjPwNNPyj2meevA6z8LkBH+mKfw/WPV5/+S/Umo9+EdUP4Jw&#10;uOnBdfqOCMdeQ8PlpomoYvShOickJ3Cq2I6fsOHVwi5i5uDQ0pAAeTpxyFQ/n6nWhygU/1xcL6/K&#10;kjeiODZfsJl3UUD1ku0pxA8aB5GMWhKvMqPD/jHE1A1UL1dSMYcPxtq8TuvEWMvlYrbICQGtaVIw&#10;D0nddmNJ7CEJIn95NB7/8tpgIsvSmqGWN+dLUCU23rsmV4lg7NHmTqw70ZMYSeIL1RabZ2aH8Kg5&#10;fiNs9Ei/pBhZb7UMP3dAWgr70THDy+l8ngSanfniesYOXUa2lxFwiqFqGaU4mpt4FPXOk+l6rjTN&#10;szu84620JhP22tWpWdZU5vGk/yTaSz/fen2l698AAAD//wMAUEsDBBQABgAIAAAAIQCjZE8H2wAA&#10;AAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSP0Ha5G4UaeBVhDiVCmi10qUSsDNjRc7&#10;aryOYrcJf89ygtusZjXzplxPvhMXHGIbSMFinoFAaoJpySo4vG1vH0DEpMnoLhAq+MYI62p2VerC&#10;hJFe8bJPVnAIxUIrcCn1hZSxceh1nIceib2vMHid+BysNIMeOdx3Ms+ylfS6JW5wusdnh81pf/YK&#10;XvrPXb20UdbvyX2cwmbcup1V6uZ6qp9AJJzS3zP84jM6VMx0DGcyUXQKeEhSkN/fgWD3cZHzkCOL&#10;ZQ6yKuV//OoHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/DRk1QUCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAo2RPB9sAAAAGAQAADwAA&#10;AAAAAAAAAAAAAABfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FEBD4C5" w14:textId="4D72A30F" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00C51A12" w:rsidP="00C51A12">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Tábet, </w:t>
+      </w:r>
+      <w:r w:rsidR="00834802" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>«Creazione e salvezza nella tradizione storico-narrativa del popolo d’Israele», in M.V. F</w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">abbri </w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– M. </w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Tábet</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...48 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, ed., </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Creazione e salvezza nella Bibbia</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Roma 2009, 17-48.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A69C1D" w14:textId="77777777" w:rsidR="00C51A12" w:rsidRPr="00AA3CF6" w:rsidRDefault="00C51A12" w:rsidP="00C51A12">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:left="644" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="293" w:name="_Toc33794810"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="292"/>
+      <w:bookmarkStart w:id="294" w:name="_Toc33794810"/>
+      <w:bookmarkStart w:id="295" w:name="_Toc33795581"/>
+      <w:bookmarkEnd w:id="293"/>
     </w:p>
     <w:p w14:paraId="154E9516" w14:textId="2575B40B" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00555025" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">L’articolo si trova in un </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>«F</w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:smallCaps/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">» </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">estschrift» </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(Miscellanea in onore di…)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="293"/>
       <w:bookmarkEnd w:id="294"/>
+      <w:bookmarkEnd w:id="295"/>
     </w:p>
     <w:p w14:paraId="49CAF7A1" w14:textId="77777777" w:rsidR="00C51A12" w:rsidRPr="00AA3CF6" w:rsidRDefault="00C51A12" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:ind w:left="644" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02BA28DD" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Anche se l’opera è chiamata «Mélanges», «Scritti in onore di», ecc., dopo il titolo, si aggiunge «Fs.» seguito dall’iniziale del nome e dal cognome dell’autore (in minuscolo tondo) a cui è offerto il volume. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ABE5EC8" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251731968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CF76348" wp14:editId="171BEA8D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>121920</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788800" cy="637200"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="13" name="Rectangle 93"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -24282,183 +23125,109 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="093E76C4" id="Rectangle 93" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:9.6pt;width:455.8pt;height:50.15pt;z-index:251731968;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDU1w8wBQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C812u7duKsvI4ip6kq&#10;pRcp7Qdglt1FBYYO2Gv36zuwG8dt36rygICBM2fOHNa3R2vYQWHQ4Co+m0w5U05CrV1b8W9fH96s&#10;OAtRuFoYcKriJxX47eb1q3XvSzWHDkytkBGIC2XvK97F6MuiCLJTVoQJeOUo2ABaEWmLbVGj6And&#10;mmI+nV4VPWDtEaQKgU7vhyDfZPymUTJ+bpqgIjMVJ24xz5jnXZqLzVqULQrfaTnSEP/AwgrtKOkZ&#10;6l5Ewfao/4KyWiIEaOJEgi2gabRUuQaqZjb9o5qnTniVayFxgj/LFP4frPx0ePJfMFEP/hHk98Ac&#10;bDvhWnWHCH2nRE3pZkmoovehPD9Im0BP2a7/CDW1VuwjZA2ODdoESNWxY5b6dJZaHSOTdLi8Xq1W&#10;U+qIpNjV22vqZU4hyufXHkN8r8CytKg4Uiszujg8hpjYiPL5Skrm4EEbk9tpHOsrfrOcL/ODAEbX&#10;KZiLxHa3NcgOIhkijzHvb9esjmRLo23FiSWNwShJjXeuzlmi0GZYExPjRnmSIsl8odxBfSJ1EAbP&#10;0R+hRQf4k7Oe/Fbx8GMvUHFmPjhS+Ga2WCSD5s1iSYJwhpeR3WVEOElQFY+cDcttHEy996jbjjLN&#10;cu0O7qgrjc6CvbAayZKnso6j/5NpL/f51ssv3fwCAAD//wMAUEsDBBQABgAIAAAAIQDcB+xv2wAA&#10;AAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJNKrUgapwqIXitRkICbG2/t&#10;qPE6it0m/D3LCY4zs5p5W21n34srjrELpCBfZCCQ2mA6sgre33YPjyBi0mR0HwgVfGOEbX17U+nS&#10;hIle8XpIVnAJxVIrcCkNpZSxdeh1XIQBibNTGL1OLEcrzagnLve9XGbZWnrdES84PeCzw/Z8uHgF&#10;L8PXvlnZKJuP5D7P4Wnaub1V6v5ubjYgEs7p7xh+8RkdamY6hguZKHoF/Ehit1iC4LTI8zWIIxt5&#10;sQJZV/I/f/0DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1NcPMAUCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3Afsb9sAAAAHAQAADwAA&#10;AAAAAAAAAAAAAABfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3446F6DA" w14:textId="53EBBA00" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C51A12">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> L</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>orenzin</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> T., «L’uso delle regole ermeneutiche al </w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> ne Salmo 18», in R. F</w:t>
+        <w:t xml:space="preserve"> T., «L’uso delle regole ermeneutiche al tiqré e Gezerah Shawah ne Salmo 18», in R. F</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>abris</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, ed., </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Initium</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">, Supplementi alla </w:t>
+        <w:t>Initium Sapientiae</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Fs. F. Festorazzi, Supplementi alla </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Rivista Biblica</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 36, Bologna 2000, 83-93.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2178CBA9" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -24505,51 +23274,51 @@
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0842660F" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00536E82">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75F5874B" wp14:editId="440452DC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-11430</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>189865</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5828665" cy="647700"/>
                 <wp:effectExtent l="0" t="0" r="19685" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="12" name="Rectangle 78"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -24573,209 +23342,178 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="697634D6" id="Rectangle 78" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.9pt;margin-top:14.95pt;width:458.95pt;height:51pt;z-index:251717632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmBvjDBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJcqsRpyjSdRjQ&#10;XYBuH8DIsi1MFjVKidN9/SglTYPtbZgfBNGUDnkOj9a3x96Kg6Zg0FVyMhpLoZ3C2ri2kt+/Pbxb&#10;SREiuBosOl3JZx3k7ebtm/XgSz3FDm2tSTCIC+XgK9nF6MuiCKrTPYQReu042SD1EDmktqgJBkbv&#10;bTEdjxfFgFR7QqVD4L/3p6TcZPym0Sp+aZqgo7CV5N5iXimvu7QWmzWULYHvjDq3Af/QRQ/GcdEL&#10;1D1EEHsyf0H1RhEGbOJIYV9g0xilMwdmMxn/weapA68zFxYn+ItM4f/Bqs+HJ/+VUuvBP6L6EYTD&#10;bQeu1XdEOHQaai43SUIVgw/l5UIKAl8Vu+ET1jxa2EfMGhwb6hMgsxPHLPXzRWp9jELxz/lqulos&#10;5lIozi1my+U4z6KA8uW2pxA/aOxF2lSSeJQZHQ6PIaZuoHw5koo5fDDW5nFaJ4ZK3syn83whoDV1&#10;SmaS1O62lsQBkiHyl6kx/etjvYlsS2v6Sq4uh6BMarx3da4SwdjTnjux7ixPUiSZL5Q7rJ9ZHcKT&#10;5/iN8KZD+iXFwH6rZPi5B9JS2I+OFb6ZzGbJoDmYzZdTDug6s7vOgFMMVckoxWm7jSdT7z2ZtuNK&#10;k8zd4R1PpTFZsNeuzs2yp7KOZ/8n017H+dTrK938BgAA//8DAFBLAwQUAAYACAAAACEAVNqf5t0A&#10;AAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FonRVQkxKkCotdKtEjAzY0X&#10;O2q8jmK3CX/PcoLjaEYzb6rN7HtxwTF2gRTkywwEUhtMR1bB22G7eAARkyaj+0Co4BsjbOrrq0qX&#10;Jkz0ipd9soJLKJZagUtpKKWMrUOv4zIMSOx9hdHrxHK00ox64nLfy1WWraXXHfGC0wM+O2xP+7NX&#10;8DJ87pp7G2XzntzHKTxNW7ezSt3ezM0jiIRz+gvDLz6jQ81Mx3AmE0WvYJEzeVKwKgoQ7Bf5Ogdx&#10;5OBdXoCsK/n/Qf0DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJgb4wwYCAADtAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAVNqf5t0AAAAJAQAA&#10;DwAAAAAAAAAAAAAAAABgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7651F383" w14:textId="46C72EEF" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>M</w:t>
-[...3 lines deleted...]
-          <w:smallCaps/>
+        <w:t>eynet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>eynet</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, R., «Amalgames et monèmes discontinus intéressant la fin des mots en arabe», in </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Fs</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Fs. G. Mounin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, I, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9564E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uméro spécial des </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. G. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AA3CF6">
+        <w:t xml:space="preserve">Cahiers de Linguistique, d’Orientalisme et de Slavistique </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>5-6, Marseille – Paris 1975, 275-281.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBD99C6" w14:textId="77777777" w:rsidR="00C51A12" w:rsidRPr="00BB1696" w:rsidRDefault="00C51A12" w:rsidP="00C51A12">
+      <w:pPr>
+        <w:pStyle w:val="Normale-Testo"/>
+        <w:ind w:left="644" w:firstLine="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Mounin</w:t>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00AA3CF6">
+      </w:pPr>
+      <w:bookmarkStart w:id="296" w:name="_Toc33794811"/>
+      <w:bookmarkStart w:id="297" w:name="_Toc33795582"/>
+    </w:p>
+    <w:p w14:paraId="40F7CCEB" w14:textId="360C8967" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00555025" w:rsidP="00363119">
+      <w:pPr>
+        <w:pStyle w:val="Normale-Testo"/>
+        <w:keepNext/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="fr-FR"/>
-[...14 lines deleted...]
-        <w:ind w:left="644" w:firstLine="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="fr-FR"/>
-[...8 lines deleted...]
-        <w:keepNext/>
+        </w:rPr>
+        <w:t xml:space="preserve">c) </w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>Articolo di rivista pubblicato in un volume</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="295"/>
       <w:bookmarkEnd w:id="296"/>
+      <w:bookmarkEnd w:id="297"/>
     </w:p>
     <w:p w14:paraId="2CB5C7A2" w14:textId="77777777" w:rsidR="00C51A12" w:rsidRPr="00AA3CF6" w:rsidRDefault="00C51A12" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D7D3599" w14:textId="592D26DF" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Se un articolo di una rivista è stato </w:t>
@@ -24804,51 +23542,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="477E33CE" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251718656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="288E8864" wp14:editId="1CCC6259">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>194310</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5828400" cy="651600"/>
                 <wp:effectExtent l="0" t="0" r="20320" b="15240"/>
                 <wp:wrapNone/>
                 <wp:docPr id="11" name="Rectangle 79"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -24872,51 +23610,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="1564D2BC" id="Rectangle 79" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:15.3pt;width:458.95pt;height:51.3pt;z-index:251718656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBX/mztAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkiw14hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx8lp2m2vQ3zg0Ca1CF5eLS+PVrDDgqDBlfzcjLlTDkJjXZdzb99fXiz&#10;4ixE4RphwKman1Tgt5vXr9aDr9QMejCNQkYgLlSDr3kfo6+KIsheWREm4JWjYAtoRSQXu6JBMRC6&#10;NcVsOl0WA2DjEaQKgf7ej0G+yfhtq2T83LZBRWZqTr3FfGI+d+ksNmtRdSh8r+W5DfEPXVihHRW9&#10;QN2LKNge9V9QVkuEAG2cSLAFtK2WKs9A05TTP6Z56oVXeRYiJ/gLTeH/wcpPhyf/BVPrwT+C/B6Y&#10;g20vXKfuEGHolWioXJmIKgYfqsuF5AS6ynbDR2hotWIfIXNwbNEmQJqOHTPVpwvV6hiZpJ+L1Ww1&#10;n9JGJMWWi3JJdiohqufbHkN8r8CyZNQcaZUZXRweQxxTn1NSMQcP2pi8TuPYUPObxWyRLwQwuknB&#10;PCR2u61BdhBJEPk71/0tzepIsjTa1nx1SRJVYuOda3KVKLQZbWrauDM9iZEkvlDtoDkROwij5uiN&#10;kNED/uRsIL3VPPzYC1ScmQ+OGL4p5/Mk0OzMF29n5OB1ZHcdEU4SVM0jZ6O5jaOo9x5111OlMs/u&#10;4I620upM2EtX52ZJU5nys/6TaK/9nPXySje/AAAA//8DAFBLAwQUAAYACAAAACEAb6Bsx9wAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTRpQ2xKkCotdKFKTCzY0XO2q8&#10;jmK3CX/PcoLjaEYzb8rN5DtxwSG2gRTMZxkIpCaYlqyC97ft3QpETJqM7gKhgm+MsKmur0pdmDDS&#10;K172yQouoVhoBS6lvpAyNg69jrPQI7H3FQavE8vBSjPokct9JxdZtpRet8QLTvf47LA57c9ewUv/&#10;uavvbZT1IbmPU3gat25nlbq9mepHEAmn9BeGX3xGh4qZjuFMJopOAR9JCvJsCYLd9fxhDeLIsTxf&#10;gKxK+Z+/+gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBX/mztAwIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBvoGzH3AAAAAcBAAAPAAAA&#10;AAAAAAAAAAAAAF0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F963E2D" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C51A12">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> J</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
@@ -24966,62 +23704,62 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Poetry of Grammar and Grammar of Poetry</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, The Hague – Paris – New York 1981, 98-135.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51DC241B" w14:textId="150926FE" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002616AA">
       <w:pPr>
         <w:pStyle w:val="2gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="297" w:name="_Toc33794812"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="299" w:name="_Toc120694049"/>
+      <w:bookmarkStart w:id="298" w:name="_Toc33794812"/>
+      <w:bookmarkStart w:id="299" w:name="_Toc33795583"/>
+      <w:bookmarkStart w:id="300" w:name="_Toc120694049"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Recensione</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="297"/>
       <w:bookmarkEnd w:id="298"/>
       <w:bookmarkEnd w:id="299"/>
+      <w:bookmarkEnd w:id="300"/>
     </w:p>
     <w:p w14:paraId="0561FEE6" w14:textId="0D4FDE77" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C51A12">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Dopo il c</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ognome e l’iniziale del nome dell’autore si mette «recensione di», seguito </w:t>
       </w:r>
       <w:r w:rsidR="00834802" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -25037,51 +23775,51 @@
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B7C5DED" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251719680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B512254" wp14:editId="4DC1AD9B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>170180</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788800" cy="574675"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="15875"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="Rectangle 81"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -25105,198 +23843,127 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="0AF5D8E7" id="Rectangle 81" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:13.4pt;width:455.8pt;height:45.25pt;z-index:251719680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7VuRKBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mrZu2iptPUMYQ0&#10;GNLgB7iOk1jYPnN2m45fz9npugJviDxYvpz93XfffV7fHK1hB4VBg6v5bDLlTDkJjXZdzb99vX+3&#10;4ixE4RphwKmaP6vAbzZv36wHX6k59GAahYxAXKgGX/M+Rl8VRZC9siJMwCtHyRbQikghdkWDYiB0&#10;a4r5dHpVDICNR5AqBPp7Nyb5JuO3rZLxsW2DiszUnLjFvGJed2ktNmtRdSh8r+WJhvgHFlZoR0XP&#10;UHciCrZH/ReU1RIhQBsnEmwBbaulyj1QN7PpH9089cKr3AuJE/xZpvD/YOXnw5P/gol68A8gvwfm&#10;YNsL16lbRBh6JRoqN0tCFYMP1flCCgJdZbvhEzQ0WrGPkDU4tmgTIHXHjlnq57PU6hiZpJ/lcrVa&#10;TWkiknLlcnG1LHMJUb3c9hjiBwWWpU3NkUaZ0cXhIcTERlQvR1IxB/famDxO49hQ8+tyXuYLAYxu&#10;UjI3id1ua5AdRDJE/k51fztmdSRbGm1rTizpG42S1HjvmlwlCm3GPTEx7iRPUiSZL1Q7aJ5JHYTR&#10;c/RGaNMD/uRsIL/VPPzYC1ScmY+OFL6eLRbJoDlYlMs5BXiZ2V1mhJMEVfPI2bjdxtHUe4+666nS&#10;LPfu4Jam0uos2CurE1nyVNbx5P9k2ss4n3p9pZtfAAAA//8DAFBLAwQUAAYACAAAACEAiMMoJtwA&#10;AAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FonAQqEOFVA9FqJggTc3Hix&#10;o8brKHab8PcsJziu5mn2TbWefS9OOMYukIJ8mYFAaoPpyCp4e90s7kDEpMnoPhAq+MYI6/r8rNKl&#10;CRO94GmXrOASiqVW4FIaSilj69DruAwDEmdfYfQ68TlaaUY9cbnvZZFlK+l1R/zB6QGfHLaH3dEr&#10;eB4+t82NjbJ5T+7jEB6njdtapS4v5uYBRMI5/cHwq8/qULPTPhzJRNErWBQMKihWPIDj+zy/BrFn&#10;Lr+9AllX8v+A+gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD7VuRKBgIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCIwygm3AAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAGAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2C128F" w14:textId="60765038" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C51A12">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>R</w:t>
+        <w:t>astoin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, C., recensione di </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>astoin</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>L. Strzyz-Steinert</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">, C., </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>recensione</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>Israel als Urgeheimnis Gottes? Die Analogik des christlich</w:t>
+      </w:r>
+      <w:r w:rsidR="00932BF2">
+        <w:rPr>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> di </w:t>
-[...3 lines deleted...]
-          <w:smallCaps/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">L. </w:t>
-[...77 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>jüdischen Verhältnisses bei Erich Przywara</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">, Bonner Dogmatische Studien 59, Würzburg 2018, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Teresianum </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>70 (2019) 649-651.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ED0BA09" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C51A12">
       <w:pPr>
@@ -25336,51 +24003,51 @@
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D304735" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251720704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D1CC0E3" wp14:editId="3272B428">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>151766</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788800" cy="609600"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="9" name="Rectangle 82"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -25404,274 +24071,195 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="388E71FE" id="Rectangle 82" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:11.95pt;width:455.8pt;height:48pt;z-index:251720704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4uqi/BAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCJE2MOEWRrsOA&#10;bh3Q7QMUWbaFyaJGKXGyrx8lu2m23YbpIJCi9Eg+Pm1uT51hR4Vegy35dJJzpqyEStum5N++Prxb&#10;ceaDsJUwYFXJz8rz2+3bN5veFWoGLZhKISMQ64velbwNwRVZ5mWrOuEn4JSlYA3YiUAuNlmFoif0&#10;zmSzPF9mPWDlEKTynk7vhyDfJvy6VjI81bVXgZmSU20h7Zj2fdyz7UYUDQrXajmWIf6hik5oS0kv&#10;UPciCHZA/RdUpyWChzpMJHQZ1LWWKvVA3UzzP7p5boVTqRcix7sLTf7/wcrPx2f3BWPp3j2C/O6Z&#10;hV0rbKPuEKFvlago3TQSlfXOF5cH0fH0lO37T1DRaMUhQOLgVGMXAak7dkpUny9Uq1Ngkg4XN6vV&#10;KqeJSIot8/WS7JhCFC+vHfrwQUHHolFypFEmdHF89GG4+nIlJrPwoI1J4zSW9SVfL2aL9MCD0VUM&#10;piax2e8MsqOIgkhrzPvbtU4HkqXRXcmpSlqDUCIb722VsgShzWBT0caO9ERGovh8sYfqTOwgDJqj&#10;P0JGC/iTs570VnL/4yBQcWY+WmJ4PZ3Po0CTM1/czMjB68j+OiKsJKiSB84GcxcGUR8c6qalTNPU&#10;u4U7mkqtE2GvVY3FkqYS5aP+o2iv/XTr9ZdufwEAAP//AwBQSwMEFAAGAAgAAAAhAE2eeK3cAAAA&#10;BwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok6JWJMSpAqLXShQk4ObGix01&#10;Xkex24S/73KC42hGM2+qzex7ccYxdoEU5IsMBFIbTEdWwfvb9u4BREyajO4DoYIfjLCpr68qXZow&#10;0Sue98kKLqFYagUupaGUMrYOvY6LMCCx9x1GrxPL0Uoz6onLfS+XWbaWXnfEC04P+OywPe5PXsHL&#10;8LVrVjbK5iO5z2N4mrZuZ5W6vZmbRxAJ5/QXhl98RoeamQ7hRCaKXgEfSQqW9wUIdos8X4M4cCwv&#10;CpB1Jf/z1xcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeLqovwQCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATZ54rdwAAAAHAQAADwAA&#10;AAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7028B423" w14:textId="40F2D46F" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Strzyz</w:t>
-[...8 lines deleted...]
-        <w:t>-Steinert</w:t>
+        <w:t>Strzyz-Steinert</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> L</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Israel als Urgeheimnis Gottes? Die </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Israel als Urgeheimnis Gottes? Die Analogik des christlichjüdischen Verhältnisses bei Erich Przywara</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Bonner Dogmatische Studien 59, Würzburg 2018 [recensione di C. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:smallCaps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Rastoin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Analogik</w:t>
-[...5 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve"> Teresianum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> des </w:t>
-[...85 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">70 (2019) 649-651]. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64939487" w14:textId="4CCE2047" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00532193">
       <w:pPr>
         <w:pStyle w:val="1gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="300" w:name="_Toc33794813"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="303" w:name="_Toc120694050"/>
+      <w:bookmarkStart w:id="301" w:name="_Toc33794813"/>
+      <w:bookmarkStart w:id="302" w:name="_Toc33795584"/>
+      <w:bookmarkStart w:id="303" w:name="_Toc115184995"/>
+      <w:bookmarkStart w:id="304" w:name="_Toc120694050"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Indici</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="300"/>
       <w:bookmarkEnd w:id="301"/>
       <w:bookmarkEnd w:id="302"/>
       <w:bookmarkEnd w:id="303"/>
+      <w:bookmarkEnd w:id="304"/>
     </w:p>
     <w:p w14:paraId="0CB5FBF4" w14:textId="51430C0C" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00532193">
       <w:pPr>
         <w:pStyle w:val="2gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="304" w:name="_Toc33794814"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="306" w:name="_Toc120694051"/>
+      <w:bookmarkStart w:id="305" w:name="_Toc33794814"/>
+      <w:bookmarkStart w:id="306" w:name="_Toc33795585"/>
+      <w:bookmarkStart w:id="307" w:name="_Toc120694051"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Indice degli autori</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:bookmarkEnd w:id="306"/>
+      <w:bookmarkEnd w:id="307"/>
     </w:p>
     <w:p w14:paraId="3C8F6B40" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00532193">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>L’indice degli autori è obbligatorio nel caso in cui la tesi di dottorato sia pubblicata nella sua interezza.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65124526" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00532193">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -25692,62 +24280,62 @@
         </w:rPr>
         <w:t>I cognomi vengono trascritti in ordine alfabetico, in tondo e minuscolo. L’iniziale del nome è seguita da due punti (:), da uno spazio e dai numeri delle pagine in cui l’autore è citato (sia nel testo, sia nelle note), senza «p.». I numeri sono seguiti da una virgola e uno spazio (120, 155, 300). L’ultimo numero non è seguito da nessuna punteggiatura.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="065705E6" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00532193">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Il riferimento alla rispettiva pagina in bibliografia non va inserito.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="538A0672" w14:textId="2C69AA00" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00532193">
       <w:pPr>
         <w:pStyle w:val="2gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="307" w:name="_Toc33794815"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="309" w:name="_Toc120694052"/>
+      <w:bookmarkStart w:id="308" w:name="_Toc33794815"/>
+      <w:bookmarkStart w:id="309" w:name="_Toc33795586"/>
+      <w:bookmarkStart w:id="310" w:name="_Toc120694052"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Indice generale</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="307"/>
       <w:bookmarkEnd w:id="308"/>
       <w:bookmarkEnd w:id="309"/>
+      <w:bookmarkEnd w:id="310"/>
     </w:p>
     <w:p w14:paraId="71261E99" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00532193">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">L’indice generale deve rendere graficamente percepibile la struttura delle singole sezioni e comprende tutti i titoli del lavoro, i paragrafi numerati, corredati del numero di pagina corrispondente. È da considerare che un indice troppo lungo non è utile e dovrà in questo senso essere accorciato qualora vi fossero troppi livelli di divisione. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E70D5F5" w14:textId="48A85EBE" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00532193">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -25766,116 +24354,116 @@
         </w:rPr>
         <w:t xml:space="preserve">omincia in pagina dispari. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="129D5D62" w14:textId="77777777" w:rsidR="00EA4A13" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00EA4A13">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Va evitato il neretto. I puntini e i numeri delle pagine sono in carattere tondo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="157F7A80" w14:textId="7C9348DE" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00532193" w:rsidP="00EA4A13">
       <w:pPr>
         <w:pStyle w:val="1gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="310" w:name="_Toc115184996"/>
-      <w:bookmarkStart w:id="311" w:name="_Toc120694053"/>
+      <w:bookmarkStart w:id="311" w:name="_Toc115184996"/>
+      <w:bookmarkStart w:id="312" w:name="_Toc120694053"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>iferimenti bibliografici ai documenti elettronici</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="310"/>
       <w:bookmarkEnd w:id="311"/>
+      <w:bookmarkEnd w:id="312"/>
     </w:p>
     <w:p w14:paraId="568B365F" w14:textId="0F66FF88" w:rsidR="00680AD3" w:rsidRPr="00BB1696" w:rsidRDefault="00680AD3" w:rsidP="00EA4A13">
       <w:pPr>
         <w:pStyle w:val="2gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="312" w:name="_Toc33794816"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="314" w:name="_Toc120694054"/>
+      <w:bookmarkStart w:id="313" w:name="_Toc33794816"/>
+      <w:bookmarkStart w:id="314" w:name="_Toc33795587"/>
+      <w:bookmarkStart w:id="315" w:name="_Toc120694054"/>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>CD-ROM, DVD e PENNA USB</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="312"/>
       <w:bookmarkEnd w:id="313"/>
       <w:bookmarkEnd w:id="314"/>
+      <w:bookmarkEnd w:id="315"/>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35B1CB5B" w14:textId="00004E0C" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00EA4A13">
       <w:pPr>
         <w:pStyle w:val="3gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="315" w:name="_Toc33794817"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="317" w:name="_Toc120694055"/>
+      <w:bookmarkStart w:id="316" w:name="_Toc33794817"/>
+      <w:bookmarkStart w:id="317" w:name="_Toc33795588"/>
+      <w:bookmarkStart w:id="318" w:name="_Toc120694055"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Nelle note</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="315"/>
       <w:bookmarkEnd w:id="316"/>
       <w:bookmarkEnd w:id="317"/>
+      <w:bookmarkEnd w:id="318"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00D32AAB" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00EA4A13">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Come per i documenti cartacei, il riferimento comprende solo: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401895F9" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00EA4A13">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
@@ -25990,51 +24578,51 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D80CD0" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251721728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B31255A" wp14:editId="1E2ED0C5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>125095</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4396740" cy="381000"/>
                 <wp:effectExtent l="0" t="0" r="22860" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name="Rectangle 83"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -26058,51 +24646,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="11636F6D" id="Rectangle 83" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:9.85pt;width:346.2pt;height:30pt;z-index:251721728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrqo0BBwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IcO7EFy0HgNEWB&#10;9AGk/QCaoiSiJJdd0pbTr++SdhyjvRXVgeBqydmd2eHq9mAN2ysMGlzDq0nJmXISWu36hn//9vBu&#10;wVmIwrXCgFMNf1aB367fvlmNvlZTGMC0ChmBuFCPvuFDjL4uiiAHZUWYgFeOkh2gFZFC7IsWxUjo&#10;1hTTsrwuRsDWI0gVAv29Pyb5OuN3nZLxS9cFFZlpOPUW84p53aa1WK9E3aPwg5anNsQ/dGGFdlT0&#10;DHUvomA71H9BWS0RAnRxIsEW0HVaqsyB2FTlH2yeBuFV5kLiBH+WKfw/WPl5/+S/Ymo9+EeQPwJz&#10;sBmE69UdIoyDEi2Vq5JQxehDfb6QgkBX2Xb8BC2NVuwiZA0OHdoESOzYIUv9fJZaHSKT9HN2tby+&#10;mdFEJOWuFlVZ5lkUon657THEDwosS5uGI40yo4v9Y4ipG1G/HEnFHDxoY/I4jWNjw5fz6TxfCGB0&#10;m5KZJPbbjUG2F8kQ+cvUiP7lMasj2dJo2/DF+ZCokxrvXZurRKHNcU+dGHeSJymSzBfqLbTPpA7C&#10;0XP0RmgzAP7ibCS/NTz83AlUnJmPjhReVrMkR8zBbH4zpQAvM9vLjHCSoBoeOTtuN/Fo6p1H3Q9U&#10;qcrcHdzRVDqdBXvt6tQseSrrePJ/Mu1lnE+9vtL1bwAAAP//AwBQSwMEFAAGAAgAAAAhADijyv7b&#10;AAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1lbhRpxW0NMSpAqLXSrSVgJsb&#10;L3bUeB3FbhP+nuVEjzOzmnlbrEffigv2sQmkYDbNQCDVwTRkFRz2m/snEDFpMroNhAp+MMK6vL0p&#10;dG7CQO942SUruIRirhW4lLpcylg79DpOQ4fE2XfovU4seytNrwcu962cZ9lCet0QLzjd4avD+rQ7&#10;ewVv3de2erRRVh/JfZ7Cy7BxW6vU3WSsnkEkHNP/MfzhMzqUzHQMZzJRtAr4kcTuagmC08Vq/gDi&#10;qGDJhiwLeY1f/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrqo0BBwIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA4o8r+2wAAAAYBAAAP&#10;AAAAAAAAAAAAAAAAAGEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="39707DBA" w14:textId="050BD808" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00AA2DE3" w:rsidP="00AA2DE3">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -26174,62 +24762,62 @@
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pencer</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, «Aaron», D. The Priestly Functions of Aaron and the Aaronites.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69CB6C6A" w14:textId="4BCA8C1B" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00EA4A13">
       <w:pPr>
         <w:pStyle w:val="3gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="318" w:name="_Toc33794818"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="320" w:name="_Toc120694056"/>
+      <w:bookmarkStart w:id="319" w:name="_Toc33794818"/>
+      <w:bookmarkStart w:id="320" w:name="_Toc33795589"/>
+      <w:bookmarkStart w:id="321" w:name="_Toc120694056"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Nella bibliografia</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="318"/>
       <w:bookmarkEnd w:id="319"/>
       <w:bookmarkEnd w:id="320"/>
+      <w:bookmarkEnd w:id="321"/>
     </w:p>
     <w:p w14:paraId="3C0B0742" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00AA2DE3">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Autore</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -26400,51 +24988,51 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="739BE7B3" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251722752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17DF6CA6" wp14:editId="6D0D7AA3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>119380</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5256000" cy="316800"/>
                 <wp:effectExtent l="0" t="0" r="20955" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Rectangle 84"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -26468,51 +25056,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="7955D56F" id="Rectangle 84" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:9.4pt;width:413.85pt;height:24.95pt;z-index:251722752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzczPkAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKW7ao6TR1DCGN&#10;gTT4Aa7jJBaOz5zdpuXXc3ayrsAbwg/Wnc/+7u67z+ubY2/YQaHXYCtezHLOlJVQa9tW/NvX+zdX&#10;nPkgbC0MWFXxk/L8ZvP61XpwpZpDB6ZWyAjE+nJwFe9CcGWWedmpXvgZOGUp2AD2IpCLbVajGAi9&#10;N9k8z1fZAFg7BKm8p9O7Mcg3Cb9plAyfm8arwEzFqbaQdkz7Lu7ZZi3KFoXrtJzKEP9QRS+0paRn&#10;qDsRBNuj/guq1xLBQxNmEvoMmkZLlXqgbor8j26eOuFU6oXI8e5Mk/9/sPLx8OS+YCzduweQ3z2z&#10;sO2EbdUtIgydEjWlKyJR2eB8eX4QHU9P2W74BDWNVuwDJA6ODfYRkLpjx0T16Uy1OgYm6XA5X67y&#10;nCYiKfa2WF2RHVOI8vm1Qx8+KOhZNCqONMqELg4PPoxXn6/EZBbutTFpnMayoeLXlCI98GB0HYOp&#10;SWx3W4PsIKIg0pry/nat14FkaXRfcaqM1iiUyMZ7W6csQWgz2lS0sRM9kZEoPl/uoD4ROwij5uiP&#10;kNEB/uRsIL1V3P/YC1ScmY+WGL4uFoso0OQslu/m5OBlZHcZEVYSVMUDZ6O5DaOo9w5121GmIvVu&#10;4Zam0uhE2EtVU7GkqUT5pP8o2ks/3Xr5pZtfAAAA//8DAFBLAwQUAAYACAAAACEA7UCBptsAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTSjRRiFMFRK+VKJWAmxtv7ajx&#10;OordJvw9ywmOOzOaeVttZt+LK46xC6RguchAILXBdGQVHN63DwWImDQZ3QdCBd8YYVPf3lS6NGGi&#10;N7zukxVcQrHUClxKQyllbB16HRdhQGLvFEavE5+jlWbUE5f7Xq6ybC297ogXnB7wxWF73l+8gtfh&#10;a9c82iibj+Q+z+F52rqdVer+bm6eQCSc018YfvEZHWpmOoYLmSh6BfxIYrVgfnaLVZ6DOCpYFznI&#10;upL/8esfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHNzM+QDAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO1AgabbAAAABgEAAA8AAAAA&#10;AAAAAAAAAAAAXQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F14AA99" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -26605,51 +25193,51 @@
         <w:t>, si segua l’esempio</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63005F84" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00BB1696" w:rsidRDefault="00680AD3" w:rsidP="00536E82">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251723776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51047ABE" wp14:editId="71D912AF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>147320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5842800" cy="547200"/>
                 <wp:effectExtent l="0" t="0" r="24765" b="24765"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Rectangle 85"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
@@ -26674,51 +25262,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="111EF334" id="Rectangle 85" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:11.6pt;width:460.05pt;height:43.1pt;z-index:251723776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzUm2ABAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuEzEQvSPxD5bvZJMogXaVTVWlFCEV&#10;ilT4gInXu2vh9Zixk034esbeNA1wQ/hg2R77zZs3z6ubQ2/FXlMw6Co5m0yl0E5hbVxbyW9f799c&#10;SREiuBosOl3Jow7yZv361WrwpZ5jh7bWJBjEhXLwlexi9GVRBNXpHsIEvXYcbJB6iLyltqgJBkbv&#10;bTGfTt8WA1LtCZUOgU/vxqBcZ/ym0So+Nk3QUdhKMreYZ8rzNs3FegVlS+A7o0404B9Y9GAcJz1D&#10;3UEEsSPzF1RvFGHAJk4U9gU2jVE618DVzKZ/VPPUgde5FhYn+LNM4f/Bqs/7J/+FEvXgH1B9D8Lh&#10;pgPX6lsiHDoNNaebJaGKwYfy/CBtAj8V2+ET1txa2EXMGhwa6hMgVycOWerjWWp9iELx4fJqMb+a&#10;ckcUx5aLd9zLnALK59eeQvygsRdpUUniVmZ02D+EmNhA+XwlJXN4b6zN7bRODJW8Xs6X+UFAa+oU&#10;zEVSu91YEntIhsjjlPe3a72JbEtr+koySx6jUZIa712ds0QwdlwzE+tO8iRFkvlCucX6yOoQjp7j&#10;P8KLDumnFAP7rZLhxw5IS2E/Olb4erZYJIPmzWLJgkhBl5HtZQScYqhKRinG5SaOpt55Mm3HmWa5&#10;doe33JXGZMFeWJ3Isqeyjif/J9Ne7vOtl1+6/gUAAP//AwBQSwMEFAAGAAgAAAAhAJ0Q4aDcAAAA&#10;BwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo3fAjGuJUAdFrJQoScHPjxY4a&#10;r6PYbcLbs5zgOJrRzDfVeg69OOGYukgalgsFAqmNtiOn4e11c3UPImVD1vSRUMM3JljX52eVKW2c&#10;6AVPu+wEl1AqjQaf81BKmVqPwaRFHJDY+4pjMJnl6KQdzcTloZeFUncymI54wZsBnzy2h90xaHge&#10;PrfNrUuyec/+4xAfp43fOq0vL+bmAUTGOf+F4Ref0aFmpn08kk2i18BHsobiugDB7qpQSxB7jqnV&#10;Dci6kv/56x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAs1JtgAQCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnRDhoNwAAAAHAQAADwAA&#10;AAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="205D3F65" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00536E82">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -26735,61 +25323,59 @@
         <w:t>allace</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, D.B., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Greek Grammar Beyond the Basics. An Exegetical Syntax of the New Testament</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, Grand Rapids 1996, in </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>BibleWorks</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> [DVD], Norfolk (VA) 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3455C382" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
@@ -26842,51 +25428,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>), va riportato nella bibliografia finale. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E1C38D" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251724800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B0C8E4E" wp14:editId="1045E5EA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>97790</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2678400" cy="345600"/>
                 <wp:effectExtent l="0" t="0" r="27305" b="16510"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Rectangle 86"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -26910,125 +25496,105 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="525D9582" id="Rectangle 86" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:7.7pt;width:210.9pt;height:27.2pt;z-index:251724800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIkD5zBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJkjQ14hRFug4D&#10;ugvQ9QMUWbaFSaJGKXGyrx8lp2m2vg3zg0Ca1CF5eLS6OVjD9gqDBlfxyWjMmXISau3aij99v3+3&#10;5CxE4WphwKmKH1XgN+u3b1a9L9UUOjC1QkYgLpS9r3gXoy+LIshOWRFG4JWjYANoRSQX26JG0RO6&#10;NcV0PF4UPWDtEaQKgf7eDUG+zvhNo2T82jRBRWYqTr3FfGI+t+ks1itRtih8p+WpDfEPXVihHRU9&#10;Q92JKNgO9SsoqyVCgCaOJNgCmkZLlWegaSbjv6Z57IRXeRYiJ/gzTeH/wcov+0f/DVPrwT+A/BGY&#10;g00nXKtuEaHvlKip3CQRVfQ+lOcLyQl0lW37z1DTasUuQubg0KBNgDQdO2Sqj2eq1SEyST+ni6vl&#10;bEwbkRR7P5svyE4lRPl822OIHxVYloyKI60yo4v9Q4hD6nNKKubgXhuT12kc6yt+PZ/O84UARtcp&#10;mIfEdrsxyPYiCSJ/p7p/pFkdSZZG24ovz0miTGx8cHWuEoU2g01NG3eiJzGSxBfKLdRHYgdh0By9&#10;ETI6wF+c9aS3ioefO4GKM/PJEcPXk9ksCTQ7s/nVlBy8jGwvI8JJgqp45GwwN3EQ9c6jbjuqNMmz&#10;O7ilrTQ6E/bS1alZ0lSm/KT/JNpLP2e9vNL1bwAAAP//AwBQSwMEFAAGAAgAAAAhAGHkkibcAAAA&#10;BgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+g/WVuqtOCBANI2DAipXpNJK0JuJt3ZE&#10;vI5iQ9K/7/bUHmdnNfOmWI++FTfsYxNIwXSSgUCqg2nIKvh43z2tQMSkyeg2ECr4xgjr8v6u0LkJ&#10;A73h7ZCs4BCKuVbgUupyKWPt0Os4CR0Se1+h9zqx7K00vR443LdylmVL6XVD3OB0h1uH9eVw9Qpe&#10;u899tbBRVsfkTpewGXZub5V6fBirFxAJx/T3DL/4jA4lM53DlUwUrQIekvi6mINgdz6b8pCzguXz&#10;CmRZyP/45Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAyJA+cwQCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYeSSJtwAAAAGAQAADwAA&#10;AAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E17AD6C" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 9 </w:t>
+        <w:t xml:space="preserve"> BibleWorks 9 </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[DVD], Norfolk (VA) 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D64E0BA" w14:textId="73350E62" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00EA4A13">
       <w:pPr>
         <w:pStyle w:val="2gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="321" w:name="_Toc33794819"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="323" w:name="_Toc120694057"/>
+      <w:bookmarkStart w:id="322" w:name="_Toc33794819"/>
+      <w:bookmarkStart w:id="323" w:name="_Toc33795590"/>
+      <w:bookmarkStart w:id="324" w:name="_Toc120694057"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Documenti accessibili via internet: nella bibliografia</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="321"/>
       <w:bookmarkEnd w:id="322"/>
       <w:bookmarkEnd w:id="323"/>
+      <w:bookmarkEnd w:id="324"/>
     </w:p>
     <w:p w14:paraId="120E06E8" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00B60034">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Autore</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -27122,51 +25688,51 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63376091" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251725824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78C40BB1" wp14:editId="03C979C2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>120015</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5461200" cy="316800"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Rectangle 87"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -27190,132 +25756,110 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="3AE3722B" id="Rectangle 87" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:9.45pt;width:430pt;height:24.95pt;z-index:251725824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmfJTdAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuEzEQvSPxD5bvZLMhCe0qm6pKKUIq&#10;BanwAY7Xu2the8zYySZ8PWNvmga4IXywZjz2m5k3z6ubgzVsrzBocDUvJ1POlJPQaNfV/NvX+zdX&#10;nIUoXCMMOFXzowr8Zv361WrwlZpBD6ZRyAjEhWrwNe9j9FVRBNkrK8IEvHIUbAGtiORiVzQoBkK3&#10;pphNp8tiAGw8glQh0OndGOTrjN+2SsbPbRtUZKbmVFvMO+Z9m/ZivRJVh8L3Wp7KEP9QhRXaUdIz&#10;1J2Igu1Q/wVltUQI0MaJBFtA22qpcg/UTTn9o5unXniVeyFygj/TFP4frHzcP/kvmEoP/gHk98Ac&#10;bHrhOnWLCEOvREPpykRUMfhQnR8kJ9BTth0+QUOjFbsImYNDizYBUnfskKk+nqlWh8gkHS7my5Lm&#10;x5mk2NtyeUV2SiGq59ceQ/ygwLJk1BxplBld7B9CHK8+X0nJHNxrY/I4jWNDza8Xs0V+EMDoJgVz&#10;k9htNwbZXiRB5HXK+9s1qyPJ0mhbc6qM1iiUxMZ71+QsUWgz2lS0cSd6EiNJfKHaQnMkdhBGzdEf&#10;IaMH/MnZQHqrefixE6g4Mx8dMXxdzudJoNmZL97NyMHLyPYyIpwkqJpHzkZzE0dR7zzqrqdMZe7d&#10;wS1NpdWZsJeqTsWSpjLlJ/0n0V76+dbLL13/AgAA//8DAFBLAwQUAAYACAAAACEAstXc8doAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgDEpEJcaqA6LUSpRJwc+PFjhqv&#10;o9htwt+znOA4M6uZt/V6CYM445T6SBpuVwUIpC7anpyG/dvmRoFI2ZA1QyTU8I0J1s3lRW0qG2d6&#10;xfMuO8EllCqjwec8VlKmzmMwaRVHJM6+4hRMZjk5aSczc3kY5F1RlDKYnnjBmxGfPXbH3SloeBk/&#10;t+29S7J9z/7jGJ/mjd86ra+vlvYRRMYl/x3DLz6jQ8NMh3gim8SggR/J7KoHEJyqsmDjoKFUCmRT&#10;y//4zQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5nyU3QMCAADtAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAstXc8doAAAAGAQAADwAAAAAA&#10;AAAAAAAAAABdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E808047" w14:textId="1137E863" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
+    <w:p w14:paraId="5E808047" w14:textId="655F2E15" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00B71966">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="1276"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidR="001952EB" w:rsidRPr="00BB1696">
+      <w:r w:rsidR="00B71966" w:rsidRPr="00984FF6">
         <w:rPr>
           <w:smallCaps/>
+        </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>é</w:t>
-[...3 lines deleted...]
-          <w:smallCaps/>
+        <w:t>nin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>nin</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> 37-50)», </w:t>
+        <w:t xml:space="preserve">, A., «Le temps dans l’histoire de Joseph (Gen 37-50)», </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Bib </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>83 (2002) 28-53.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C60953" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -27364,51 +25908,51 @@
         <w:t>documento singolo</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>: anno/annata (o data), pagine, se disponibili, altrimenti solo la data del proprio accesso al documento, in parentesi quadre. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3938B665" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251726848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1948F92A" wp14:editId="0EE25D38">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>113031</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5828400" cy="471600"/>
                 <wp:effectExtent l="0" t="0" r="20320" b="24130"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Rectangle 88"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -27432,51 +25976,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="05BCFA61" id="Rectangle 88" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:8.9pt;width:458.95pt;height:37.15pt;z-index:251726848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQaDKmAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DpE2NOEWRrsOA&#10;bh3Q7QMUWbaFSaJGKXGyrx8lp2m23Yb5IJAm9Ug+Pq1uD9awvcKgwdW8nEw5U05Co11X829fH94t&#10;OQtRuEYYcKrmRxX47frtm9XgKzWDHkyjkBGIC9Xga97H6KuiCLJXVoQJeOUo2AJaEcnFrmhQDIRu&#10;TTGbTq+KAbDxCFKFQH/vxyBfZ/y2VTI+tW1QkZmaU28xn5jPbTqL9UpUHQrfa3lqQ/xDF1ZoR0XP&#10;UPciCrZD/ReU1RIhQBsnEmwBbaulyjPQNOX0j2mee+FVnoXICf5MU/h/sPLz/tl/wdR68I8gvwfm&#10;YNML16k7RBh6JRoqVyaiisGH6nwhOYGusu3wCRpardhFyBwcWrQJkKZjh0z18Uy1OkQm6ediOVvO&#10;p7QRSbH5dXlFdiohqpfbHkP8oMCyZNQcaZUZXewfQxxTX1JSMQcP2pi8TuPYUPObxWyRLwQwuknB&#10;PCR2241BthdJEPk71f0tzepIsjTa1nx5ThJVYuO9a3KVKLQZbWrauBM9iZEkvlBtoTkSOwij5uiN&#10;kNED/uRsIL3VPPzYCVScmY+OGL4p5/Mk0OzMF9czcvAysr2MCCcJquaRs9HcxFHUO4+666lSmWd3&#10;cEdbaXUm7LWrU7OkqUz5Sf9JtJd+znp9petfAAAA//8DAFBLAwQUAAYACAAAACEAZqN6L9sAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FjaSbCtNJ26iV0nMZAGt6wxSbXG&#10;qZpsLf8ec4Kbn5/13udyPflOXHGIbSAF+SwDgdQE05JV8P62e1iCiEmT0V0gVPCNEdbV7U2pCxNG&#10;esXrIVnBIRQLrcCl1BdSxsah13EWeiT2vsLgdWI5WGkGPXK47+Q8y56k1y1xg9M9bh0258PFK3jp&#10;P/f1o42yPib3cQ6bcef2Vqn7u6l+BpFwSn/H8IvP6FAx0ylcyETRKeBHEm8XzM/uKl+sQJx4mOcg&#10;q1L+x69+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABBoMqYDAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGajei/bAAAABgEAAA8AAAAA&#10;AAAAAAAAAAAAXQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FBA15CF" w14:textId="1D1EDD73" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B60034" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -27570,51 +26114,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B5BAF7B" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002D2521">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251727872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46874694" wp14:editId="0F9CD69F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>105411</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788800" cy="496800"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="17780"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 89"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -27638,51 +26182,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="2D09C8DC" id="Rectangle 89" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:8.3pt;width:455.8pt;height:39.1pt;z-index:251727872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD220HzAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuGyEQvVfqPyDu9dqWndgrr6PIaapK&#10;aVMp7Qdglt1FBYYO2Gv36zuwjuO2tygc0AwDb2bePFY3B2vYXmHQ4Co+GY05U05CrV1b8R/f7z8s&#10;OAtRuFoYcKriRxX4zfr9u1XvSzWFDkytkBGIC2XvK97F6MuiCLJTVoQReOUo2ABaEcnFtqhR9IRu&#10;TTEdj6+KHrD2CFKFQKd3Q5CvM37TKBkfmyaoyEzFqbaYd8z7Nu3FeiXKFoXvtDyVIV5RhRXaUdIz&#10;1J2Igu1Q/wdltUQI0MSRBFtA02ipcg/UzWT8TzdPnfAq90LkBH+mKbwdrPy6f/LfMJUe/APIn4E5&#10;2HTCteoWEfpOiZrSTRJRRe9DeX6QnEBP2bb/AjWNVuwiZA4ODdoESN2xQ6b6eKZaHSKTdDi/XiwW&#10;Y5qIpNhseZXslEKUz689hvhJgWXJqDjSKDO62D+EOFx9vpKSObjXxuRxGsf6ii/n03l+EMDoOgVz&#10;k9huNwbZXiRB5HXK+9c1qyPJ0mhbcaqM1iCUxMZHV+csUWgz2FS0cSd6EiNJfKHcQn0kdhAGzdEf&#10;IaMD/M1ZT3qrePi1E6g4M58dMbyczGZJoNmZza+n5OBlZHsZEU4SVMUjZ4O5iYOodx5121GmSe7d&#10;wS1NpdGZsJeqTsWSpjLlJ/0n0V76+dbLL13/AQAA//8DAFBLAwQUAAYACAAAACEA4WxhWdoAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FhaBNXomk4FseskNiTYLWtMUq1x&#10;qiZby7/HnOD27Gc9f69az74XFxxjF0hBvshAILXBdGQVvO83d0sQMWkyug+ECr4xwrq+vqp0acJE&#10;b3jZJSs4hGKpFbiUhlLK2Dr0Oi7CgMTeVxi9TjyOVppRTxzue3mfZYX0uiP+4PSALw7b0+7sFbwO&#10;h23zaKNsPpL7PIXnaeO2Vqnbm7lZgUg4p79j+MVndKiZ6RjOZKLoFXCRxNuiAMHuU56zOLJ4WIKs&#10;K/kfv/4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9ttB8wMCAADtAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4WxhWdoAAAAGAQAADwAAAAAA&#10;AAAAAAAAAABdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1767EDCF" w14:textId="7EE4114D" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002D2521">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> F</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -27758,51 +26302,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AE3A6B1" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007124D4">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251728896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2152FDED" wp14:editId="1121BF29">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>192405</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5767200" cy="838200"/>
                 <wp:effectExtent l="0" t="0" r="24130" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 90"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -27826,51 +26370,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="1F1701AA" id="Rectangle 90" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:15.15pt;width:454.1pt;height:66pt;z-index:251728896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAfZkqAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJkjY14hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx8lu2m2vQ3zg0Ca1CF5eLS+PVrDDgqDBlfx2WTKmXISau3ain/7+vBm&#10;xVmIwtXCgFMVP6nAbzevX617X6o5dGBqhYxAXCh7X/EuRl8WRZCdsiJMwCtHwQbQikgutkWNoid0&#10;a4r5dHpV9IC1R5AqBPp7PwT5JuM3jZLxc9MEFZmpOPUW84n53KWz2KxF2aLwnZZjG+IfurBCOyp6&#10;hroXUbA96r+grJYIAZo4kWALaBotVZ6BpplN/5jmqRNe5VmInODPNIX/Bys/HZ78F0ytB/8I8ntg&#10;DradcK26Q4S+U6KmcrNEVNH7UJ4vJCfQVbbrP0JNqxX7CJmDY4M2AdJ07JipPp2pVsfIJP1cXl9d&#10;0/44kxRbvV0lO5UQ5fNtjyG+V2BZMiqOtMqMLg6PIQ6pzympmIMHbUxep3Gsr/jNcr7MFwIYXadg&#10;HhLb3dYgO4gkiPyNdX9LszqSLI221Nw5SZSJjXeuzlWi0GawqWnjRnoSI0l8odxBfSJ2EAbN0Rsh&#10;owP8yVlPeqt4+LEXqDgzHxwxfDNbLJJAs7NYEjmc4WVkdxkRThJUxSNng7mNg6j3HnXbUaVZnt3B&#10;HW2l0Zmwl67GZklTmfJR/0m0l37Oenmlm18AAAD//wMAUEsDBBQABgAIAAAAIQBMB7fA3AAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWodEVCXEqQKi10q0SMDNjRc7aryO&#10;YrcJf89yguNqnmbfVJvZ9+KCY+wCKbhbZiCQ2mA6sgreDtvFGkRMmozuA6GCb4ywqa+vKl2aMNEr&#10;XvbJCi6hWGoFLqWhlDK2Dr2OyzAgcfYVRq8Tn6OVZtQTl/te5lm2kl53xB+cHvDZYXvan72Cl+Fz&#10;19zbKJv35D5O4Wnaup1V6vZmbh5BJJzTHwy/+qwONTsdw5lMFL2CRc6ggiIrQHD8kK152pG5VV6A&#10;rCv5f0D9AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMB9mSoCAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEwHt8DcAAAACAEAAA8AAAAA&#10;AAAAAAAAAAAAXAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1927B4D1" w14:textId="49D876EB" w:rsidR="002408D8" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00321BE7">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:sectPr w:rsidR="002408D8" w:rsidRPr="00AA3CF6" w:rsidSect="00536E82">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:headerReference w:type="first" r:id="rId13"/>
           <w:type w:val="oddPage"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1418" w:bottom="1701" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
@@ -27880,161 +26424,109 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> K</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>ot</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, T., «Accomplir la justice de Dieu. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mt 5,17-48. </w:t>
-[...29 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Mt 5,17-48. Analyse rhétorique», </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>StRBS</w:t>
-[...5 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve">StRBS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7 (01.02.2002; ultimo aggiornamento, 21.03.2006), &lt;http://www.retoricabiblicaesemitica.org/&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE63C2" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Le nostre pubblicazioni</w:t>
+      </w:r>
+      <w:r w:rsidR="00D158C1" w:rsidRPr="00AA3CF6">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>7 (01.02.2002; ultimo aggiornamento, 21.03.2006), &lt;http://www.retoricabiblicaesemitica.org/&gt;</w:t>
-[...39 lines deleted...]
-      <w:bookmarkStart w:id="324" w:name="_Toc115184997"/>
+        <w:t>&gt; Studia Rhetorica Biblica et Semitica.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="325" w:name="_Toc115184997"/>
     </w:p>
     <w:p w14:paraId="0BB5EA5F" w14:textId="0274B5F2" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002408D8">
       <w:pPr>
         <w:pStyle w:val="Prefazione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="325" w:name="_Toc120694058"/>
+      <w:bookmarkStart w:id="326" w:name="_Toc120694058"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>NORMATIVA ANTIPLAGIO</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="324"/>
       <w:bookmarkEnd w:id="325"/>
+      <w:bookmarkEnd w:id="326"/>
     </w:p>
     <w:p w14:paraId="0A1D5C4D" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">La normativa antiplagio contenuta nel </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
@@ -28208,86 +26700,86 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pertanto tutti sono invitati a prendere visione del </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Codice di Comportamento Accademico</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> riportato sul sito della Facoltà e a seguire le norme metodologiche per quanto riguarda la citazione di fonti e di studi nei propri lavori scritti.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="326" w:name="_Toc33794820"/>
-      <w:bookmarkStart w:id="327" w:name="_Toc33795591"/>
+      <w:bookmarkStart w:id="327" w:name="_Toc33794820"/>
+      <w:bookmarkStart w:id="328" w:name="_Toc33795591"/>
     </w:p>
     <w:p w14:paraId="7B569C56" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:sectPr w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidSect="00536E82">
           <w:type w:val="oddPage"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1418" w:bottom="1701" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44B888A0" w14:textId="2DF80749" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00D158C1" w:rsidP="008C0684">
       <w:pPr>
         <w:pStyle w:val="Prefazione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="328" w:name="_Toc120694059"/>
-      <w:bookmarkEnd w:id="326"/>
+      <w:bookmarkStart w:id="329" w:name="_Toc120694059"/>
       <w:bookmarkEnd w:id="327"/>
+      <w:bookmarkEnd w:id="328"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>INDICE</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="328"/>
+      <w:bookmarkEnd w:id="329"/>
     </w:p>
     <w:p w14:paraId="185CDFF2" w14:textId="3A0AB7D7" w:rsidR="00E702FD" w:rsidRDefault="00AF6712">
       <w:pPr>
         <w:pStyle w:val="Sommario2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
@@ -28329,5634 +26821,5633 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693984 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E07F2E6" w14:textId="6E5B17C1" w:rsidR="00E702FD" w:rsidRPr="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="3E07F2E6" w14:textId="6E5B17C1" w:rsidR="00E702FD" w:rsidRPr="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693985" w:history="1">
-        <w:r w:rsidRPr="00E702FD">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Capitolo I   Schema formale del lavoro</w:t>
         </w:r>
-        <w:r w:rsidRPr="00E702FD">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E702FD">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00E702FD">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693985 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00E702FD">
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00E702FD">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidRPr="00E702FD">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="51FE2CEF" w14:textId="3CBFAF82" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="51FE2CEF" w14:textId="3CBFAF82" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693986" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1. Preliminari</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693986 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1F0E9C53" w14:textId="072BA7DD" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="1F0E9C53" w14:textId="072BA7DD" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693987" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.1 Frontespizio</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693987 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0E8FEB48" w14:textId="3DC7A69B" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="0E8FEB48" w14:textId="3DC7A69B" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693988" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.2 Presentazione/Prefazione (non obbligatorio)</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693988 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4241D570" w14:textId="122A8C5A" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="4241D570" w14:textId="122A8C5A" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693989" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.3 Sommario (non obbligatorio)</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693989 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="72A610F0" w14:textId="7971CF05" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="72A610F0" w14:textId="7971CF05" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693990" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.4 Sigle e abbreviazioni (obbligatorio per le dissertazioni di licenza e di dottorato)</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693990 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="67E4AC90" w14:textId="4BD1ABF1" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="67E4AC90" w14:textId="4BD1ABF1" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693991" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2. Parte centrale</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693991 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4ABD0760" w14:textId="2BB2465E" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="4ABD0760" w14:textId="2BB2465E" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693992" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.1 Introduzione</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693992 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50D0B967" w14:textId="188CF690" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="50D0B967" w14:textId="188CF690" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693993" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.2 Corpo del testo</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693993 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="726581DA" w14:textId="6F010D3A" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="726581DA" w14:textId="6F010D3A" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693994" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.3 Conclusione</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693994 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B337571" w14:textId="47948040" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="3B337571" w14:textId="47948040" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693995" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3. Pagine di chiusura</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693995 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="402D4399" w14:textId="1EA55F0E" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="402D4399" w14:textId="1EA55F0E" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693996" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.1 Appendici e allegati (non obbligatorio)</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693996 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="23870C5E" w14:textId="2A18753C" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="23870C5E" w14:textId="2A18753C" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693997" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.2 Bibliografia</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693997 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0EF22614" w14:textId="15D85F4C" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="0EF22614" w14:textId="15D85F4C" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693998" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.3 Indici</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693998 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7AAB7C05" w14:textId="4C14F19A" w:rsidR="00E702FD" w:rsidRPr="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="7AAB7C05" w14:textId="4C14F19A" w:rsidR="00E702FD" w:rsidRPr="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120693999" w:history="1">
-        <w:r w:rsidRPr="00E702FD">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Capitolo II   Norme tipografiche</w:t>
         </w:r>
-        <w:r w:rsidRPr="00E702FD">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E702FD">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00E702FD">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120693999 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00E702FD">
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00E702FD">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidRPr="00E702FD">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1FC1B2D8" w14:textId="5136BAFD" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="1FC1B2D8" w14:textId="5136BAFD" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694000" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1. Presentazione generale</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694000 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="64F6D904" w14:textId="76E4D7C6" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="64F6D904" w14:textId="76E4D7C6" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694001" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.1 Formato di pagina</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694001 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6CF05268" w14:textId="015A7985" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="6CF05268" w14:textId="015A7985" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694002" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.2 Prime pagine</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694002 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A964575" w14:textId="6DA07A11" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="5A964575" w14:textId="6DA07A11" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694003" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.3 Testo del lavoro</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694003 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="51F38613" w14:textId="5026C1B2" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="51F38613" w14:textId="5026C1B2" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694004" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.4 Pagine finali</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694004 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="066B6850" w14:textId="603BFE2E" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="066B6850" w14:textId="603BFE2E" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694005" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2. Caratteri</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694005 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="618D7DA2" w14:textId="3E2A83FA" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="618D7DA2" w14:textId="3E2A83FA" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694006" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.1 Carattere e corpo</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694006 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C198F04" w14:textId="634E1119" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="0C198F04" w14:textId="634E1119" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694007" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.2 Lineati e trattino di divisione</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694007 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4B9033CA" w14:textId="357F55EB" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="4B9033CA" w14:textId="357F55EB" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694008" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.3 Virgolette</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694008 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="761FB415" w14:textId="087EB951" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="761FB415" w14:textId="087EB951" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694009" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.4 Parentesi</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694009 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="394C7274" w14:textId="61950B0A" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="394C7274" w14:textId="61950B0A" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694010" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.5 Corsivo</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694010 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44CFAA7A" w14:textId="70420DF7" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="44CFAA7A" w14:textId="70420DF7" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694011" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.6 Spazio fisso</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694011 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6DCBD818" w14:textId="011267B8" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="6DCBD818" w14:textId="011267B8" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694012" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.7 Omissione dello spazio</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694012 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="402DFF63" w14:textId="393D8CBB" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="402DFF63" w14:textId="393D8CBB" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694013" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3. Testatine (obbligatorie per la tesi di licenza e per quella del dottorato)</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694013 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3FAB5DBE" w14:textId="5ED537B9" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="3FAB5DBE" w14:textId="5ED537B9" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694014" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.1 Pagine pari</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694014 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C3827A1" w14:textId="67EEA507" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="2C3827A1" w14:textId="67EEA507" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694015" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.2 Pagine dispari</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694015 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="01550AA8" w14:textId="6784B95A" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="01550AA8" w14:textId="6784B95A" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694016" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4. Testo</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694016 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3686873A" w14:textId="2CE99743" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="3686873A" w14:textId="2CE99743" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694017" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.1 Paragrafo e interlinea</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694017 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="61FE9EC0" w14:textId="383EE379" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="61FE9EC0" w14:textId="383EE379" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694018" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.2 Vedova – orfana</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694018 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="001D1986" w14:textId="7F0277AE" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="001D1986" w14:textId="7F0277AE" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694019" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.3 Citazioni</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694019 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7768E120" w14:textId="17BA57F7" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="7768E120" w14:textId="17BA57F7" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694020" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.4 Sillabazione</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694020 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D91725B" w14:textId="7D0AC811" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="0D91725B" w14:textId="7D0AC811" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694021" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5. Titoli</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694021 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1FDCB3F3" w14:textId="160D8894" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="1FDCB3F3" w14:textId="160D8894" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694022" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.1 Prefazione, introduzione, conclusione, sigle e abbreviazioni, bibliografia, indice</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694022 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="70F02F2A" w14:textId="693B4C30" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="70F02F2A" w14:textId="693B4C30" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694023" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.2 Parti</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694023 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="494E5FCF" w14:textId="065B7894" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="494E5FCF" w14:textId="065B7894" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694024" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:t>5.3 Capitolo</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694024 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5EBE6449" w14:textId="3412145B" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="5EBE6449" w14:textId="3412145B" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694025" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.4 Divisioni all’interno del capitolo</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694025 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="491A276D" w14:textId="095FC6E7" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="491A276D" w14:textId="095FC6E7" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694026" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.4.1 Primo grado di divisione</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694026 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0B675173" w14:textId="4D0353BE" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="0B675173" w14:textId="4D0353BE" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694027" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.4.2 Secondo grado di divisione</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694027 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15AC5BE2" w14:textId="7423263F" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="15AC5BE2" w14:textId="7423263F" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694028" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.4.3 Terzo grado di divisione</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694028 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="104D9BEF" w14:textId="440022F7" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="104D9BEF" w14:textId="440022F7" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694029" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6. Note</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694029 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C63E776" w14:textId="3CB8DF6E" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="0C63E776" w14:textId="3CB8DF6E" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694030" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.1 Chiamata di nota</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694030 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FB33FDA" w14:textId="588975AC" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="6FB33FDA" w14:textId="588975AC" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694031" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.2 Testo della nota</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694031 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4AA591EB" w14:textId="7F62D0FC" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="4AA591EB" w14:textId="7F62D0FC" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694032" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.3 Riferimenti bibliografici</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694032 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4CDBCACC" w14:textId="2AC93FEB" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="4CDBCACC" w14:textId="2AC93FEB" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694033" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.3.1 Autore o curatore</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694033 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26FFD990" w14:textId="497FB9D5" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="26FFD990" w14:textId="497FB9D5" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694034" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.3.2 Titolo e riferimento</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694034 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>25</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="404A40E7" w14:textId="29CCCCFD" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="404A40E7" w14:textId="29CCCCFD" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694035" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.4 Tesi e materiale accademico</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694035 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>29</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7BA8C4B7" w14:textId="3B4B5913" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="7BA8C4B7" w14:textId="3B4B5913" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694036" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.5 Enciclopedia o dizionario</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694036 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>30</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="148FA8C7" w14:textId="56F95A4B" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="148FA8C7" w14:textId="56F95A4B" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694037" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.6 Documenti magisteriali</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694037 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>30</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="664A9D5A" w14:textId="0FB028EE" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="664A9D5A" w14:textId="0FB028EE" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694038" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.6.1 Documenti Conciliari</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694038 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>30</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57837556" w14:textId="63EBB161" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="57837556" w14:textId="63EBB161" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694039" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.6.2 Documenti Pontifici</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694039 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>30</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="693956CE" w14:textId="0B8C28A1" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="693956CE" w14:textId="0B8C28A1" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694040" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.6.3 Documenti Sinodali</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694040 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>31</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57C4129F" w14:textId="5047321C" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="57C4129F" w14:textId="5047321C" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694041" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.6.4 Documenti delle Congregazioni della Santa Sede</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694041 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>31</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="180B4C49" w14:textId="5FFEC9EE" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="180B4C49" w14:textId="5FFEC9EE" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694042" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7. Sigle e abbreviazioni</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694042 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>31</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="047A3CED" w14:textId="21D7C898" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="047A3CED" w14:textId="21D7C898" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694043" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8. Bibliografia</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694043 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>32</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6080109C" w14:textId="544657D1" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="6080109C" w14:textId="544657D1" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694044" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8.1 Autore</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694044 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>33</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C0A1993" w14:textId="0E48F9A2" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="2C0A1993" w14:textId="0E48F9A2" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694045" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8.2 Opera collettiva</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694045 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>34</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A83DB45" w14:textId="530F77D3" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="1A83DB45" w14:textId="530F77D3" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694046" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8.3 Titolo e riferimento</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694046 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>35</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F7FA8C1" w14:textId="00362D84" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="4F7FA8C1" w14:textId="00362D84" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694047" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8.3.1 Libro</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694047 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>35</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F79C0EA" w14:textId="06588158" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="6F79C0EA" w14:textId="06588158" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694048" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8.3.2 Articolo</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694048 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>38</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2CEAB1D1" w14:textId="5BF4B277" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="2CEAB1D1" w14:textId="5BF4B277" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694049" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8.4 Recensione</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694049 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>39</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42B46C7A" w14:textId="2E427BFC" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="42B46C7A" w14:textId="2E427BFC" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694050" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>9. Indici</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694050 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>40</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1EB25E16" w14:textId="2A24D6C7" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="1EB25E16" w14:textId="2A24D6C7" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694051" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>9.1 Indice degli autori</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694051 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>40</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3BD03CB2" w14:textId="415DB386" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="3BD03CB2" w14:textId="415DB386" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694052" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>9.2 Indice generale</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694052 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>40</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3EB5562D" w14:textId="6765B280" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="3EB5562D" w14:textId="6765B280" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694053" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>10. Riferimenti bibliografici ai documenti elettronici</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694053 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>41</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4DB7CA33" w14:textId="4DB005E8" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="4DB7CA33" w14:textId="4DB005E8" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694054" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
             <w:lang w:val="sv-SE"/>
           </w:rPr>
           <w:t>10.1 CD-ROM, DVD e PENNA USB</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694054 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>41</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1ED4D5CE" w14:textId="3CBC32A8" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="1ED4D5CE" w14:textId="3CBC32A8" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694055" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>10.1.1 Nelle note</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694055 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>41</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="661AFA0E" w14:textId="0995C373" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="661AFA0E" w14:textId="0995C373" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694056" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>10.1.2 Nella bibliografia</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694056 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>41</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="33F7CA19" w14:textId="7A624444" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="33F7CA19" w14:textId="7A624444" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694057" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>10.2 Documenti accessibili via internet: nella bibliografia</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694057 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>42</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4410E0D9" w14:textId="41E0F7FF" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="4410E0D9" w14:textId="41E0F7FF" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694058" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>NORMATIVA ANTIPLAGIO</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694058 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>45</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="568EAE69" w14:textId="28B88820" w:rsidR="00E702FD" w:rsidRDefault="00E702FD">
+    <w:p w14:paraId="568EAE69" w14:textId="28B88820" w:rsidR="00E702FD" w:rsidRDefault="001065F0">
       <w:pPr>
         <w:pStyle w:val="Sommario2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9060"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc120694059" w:history="1">
-        <w:r w:rsidRPr="00CA1B45">
+        <w:r w:rsidR="00E702FD" w:rsidRPr="00CA1B45">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:noProof/>
           </w:rPr>
           <w:t>INDICE</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc120694059 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00E702FD">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D97D59">
+        <w:r w:rsidR="00205B22">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>47</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E702FD">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7881D5AD" w14:textId="3AC5DA38" w:rsidR="00243F4B" w:rsidRPr="00AA3CF6" w:rsidRDefault="00AF6712" w:rsidP="00680AD3">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00243F4B" w:rsidRPr="00AA3CF6" w:rsidSect="00536E82">
       <w:headerReference w:type="even" r:id="rId14"/>
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1701" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36AD85B5" w14:textId="77777777" w:rsidR="0073439D" w:rsidRDefault="0073439D">
+    <w:p w14:paraId="37B1D747" w14:textId="77777777" w:rsidR="001065F0" w:rsidRDefault="001065F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D4C8C89" w14:textId="77777777" w:rsidR="0073439D" w:rsidRDefault="0073439D">
+    <w:p w14:paraId="5BF1EF0B" w14:textId="77777777" w:rsidR="001065F0" w:rsidRDefault="001065F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times-Roman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Palatino">
-    <w:panose1 w:val="02040602050305020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E28A421" w14:textId="77777777" w:rsidR="0073439D" w:rsidRDefault="0073439D">
+    <w:p w14:paraId="691C8E3D" w14:textId="77777777" w:rsidR="001065F0" w:rsidRDefault="001065F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A83B616" w14:textId="77777777" w:rsidR="0073439D" w:rsidRDefault="0073439D" w:rsidP="007C15EB">
+    <w:p w14:paraId="45F69F0A" w14:textId="77777777" w:rsidR="001065F0" w:rsidRDefault="001065F0" w:rsidP="007C15EB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79ED2362" w14:textId="77777777" w:rsidR="0073439D" w:rsidRDefault="0073439D"/>
+    <w:p w14:paraId="214023BE" w14:textId="77777777" w:rsidR="001065F0" w:rsidRDefault="001065F0"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C04F587" w14:textId="77777777" w:rsidR="0073439D" w:rsidRDefault="0073439D"/>
+    <w:p w14:paraId="2A255C46" w14:textId="77777777" w:rsidR="001065F0" w:rsidRDefault="001065F0"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="36BAFCE6" w14:textId="431797FD" w:rsidR="00B12296" w:rsidRDefault="00B12296" w:rsidP="00B12296">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD139A">
         <w:t>Per le norme tipografiche da applicare a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">gli elaborati scritti che non sono tesi di licenza o di dottorato, ci si può riferire più agevolmente al </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -33981,61 +32472,52 @@
       </w:r>
       <w:r w:rsidR="005877EB">
         <w:t xml:space="preserve"> di questo documento. Per lo schema formale del lavoro, ci si riferisca sempre al I cap. di questo documento.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="4115E34B" w14:textId="77777777" w:rsidR="005B017F" w:rsidRDefault="005B017F" w:rsidP="005B017F">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Per determinati tipi di ricerche lo </w:t>
       </w:r>
       <w:r w:rsidRPr="005B017F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">status </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>status quaestionis</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> potrebbe rivestire un’importanza maggiore ed essere spostato ai capitoli successivi: lo studente valuti con il professore di riferimento.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="561B9510" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00FC4685" w:rsidRDefault="00680AD3" w:rsidP="00984FF6">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC4685">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00FC4685">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00984FF6">
         <w:rPr>
           <w:smallCaps/>
         </w:rPr>
         <w:t>Teresianum. Pontificia Facoltà Teologica. Pontificio Istituto di Spiritualità</w:t>
       </w:r>
@@ -34058,51 +32540,63 @@
       <w:pPr>
         <w:pStyle w:val="Nota"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC4685">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00FC4685">
         <w:t xml:space="preserve"> Cf. A. </w:t>
       </w:r>
       <w:r w:rsidRPr="00984FF6">
         <w:rPr>
           <w:smallCaps/>
         </w:rPr>
         <w:t>Wénin</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4685">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4685">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Abramo e l’educazione divina. Lettura narrativa e antropologica della Genesi. II. Gen 11,27–25,18</w:t>
+        <w:t>Abramo e l’educazione divina. Lettura narrativa e antropologica della Genesi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B71966">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>. II.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4685">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gen 11,27–25,18</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4685">
         <w:t>, Bologna 2017, 78.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="5A7B6CC1" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00FC4685" w:rsidRDefault="00680AD3" w:rsidP="00984FF6">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC4685">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00FC4685">
         <w:t xml:space="preserve"> Cf. F.J. </w:t>
       </w:r>
       <w:r w:rsidRPr="00984FF6">
         <w:rPr>
           <w:smallCaps/>
         </w:rPr>
         <w:t>Moloney</w:t>
@@ -34565,327 +33059,327 @@
       </w:r>
       <w:r w:rsidRPr="00D158C1">
         <w:rPr>
           <w:smallCaps/>
         </w:rPr>
         <w:t>Teresianum. Pontificia Facoltà Teologica. Pontificio Istituto di Spiritualità</w:t>
       </w:r>
       <w:r w:rsidRPr="00767077">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00767077">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Codice di Comportamento Accademico </w:t>
       </w:r>
       <w:r w:rsidRPr="00767077">
         <w:t xml:space="preserve">(12 giugno 2012), III, Art. 3. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="4057823E" w14:textId="04F28E24" w:rsidR="00774E27" w:rsidRDefault="00774E27">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00205B22">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>42</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t>norme di metodologia tecnica</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="5C4E8EC0" w14:textId="27EF5ACF" w:rsidR="00680AD3" w:rsidRPr="002F21DA" w:rsidRDefault="007F03CD" w:rsidP="002F21DA">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="003022AE">
       <w:t>INTRODUZIONE</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="14A42DE5" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRDefault="00680AD3" w:rsidP="0084779A">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4819"/>
         <w:tab w:val="clear" w:pos="9638"/>
         <w:tab w:val="left" w:pos="6714"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="793CCB19" w14:textId="649F5841" w:rsidR="003022AE" w:rsidRPr="002F21DA" w:rsidRDefault="003022AE" w:rsidP="002F21DA">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t>CAP</w:t>
     </w:r>
     <w:r w:rsidR="00FA5A29">
       <w:t>.</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> I: SCHEMA FORMALE DEL LAVORO</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00205B22">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="65642079" w14:textId="35096C66" w:rsidR="003A5BFF" w:rsidRPr="002F21DA" w:rsidRDefault="003A5BFF" w:rsidP="002F21DA">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t>cap</w:t>
     </w:r>
     <w:r w:rsidR="00FA5A29">
       <w:t>.</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> II</w:t>
     </w:r>
     <w:r w:rsidR="00774E27">
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> norme t</w:t>
     </w:r>
     <w:r w:rsidR="00774E27">
       <w:t>i</w:t>
     </w:r>
     <w:r>
       <w:t>pografiche</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00205B22">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>41</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="07B7CAB2" w14:textId="4B36F0AF" w:rsidR="00680AD3" w:rsidRPr="00195858" w:rsidRDefault="00680AD3" w:rsidP="00195858">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="709FCF11" w14:textId="77777777" w:rsidR="003A5BFF" w:rsidRDefault="003A5BFF" w:rsidP="008D2299">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00205B22">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>48</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t>norme di metodologia tecnica</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="3904A572" w14:textId="680070D7" w:rsidR="00243F4B" w:rsidRPr="002F21DA" w:rsidRDefault="00243F4B" w:rsidP="002F21DA">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t>indice</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00265C94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B06CC8AC"/>
     <w:lvl w:ilvl="0" w:tplc="25407D42">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -34953,51 +33447,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="00515635"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2548A97E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -35069,51 +33563,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="00A0362E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="741CD8C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -35155,101 +33649,101 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="03BA1D21"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9454E57A"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="082A620A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E5AD422"/>
     <w:lvl w:ilvl="0" w:tplc="9EB27FFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -35294,51 +33788,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="09BB6ACE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4E9E8312"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
@@ -35435,51 +33929,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="10D74A63"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="64243C28"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -35548,51 +34042,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="112562C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC3E070E"/>
     <w:lvl w:ilvl="0" w:tplc="96F22904">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -35660,51 +34154,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="13487596"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDC071FE"/>
     <w:lvl w:ilvl="0" w:tplc="2EEA34EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -35749,51 +34243,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4740" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="13D62BAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D4871C4"/>
     <w:lvl w:ilvl="0" w:tplc="E402E1DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -35838,51 +34332,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="15870B48"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9454E57A"/>
     <w:styleLink w:val="Stile1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2"/>
@@ -35959,51 +34453,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="16BD0B65"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C4B8396E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
@@ -36075,51 +34569,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="199B0B50"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0D921F0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -36161,51 +34655,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="1A224F05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B5B4272C"/>
     <w:lvl w:ilvl="0" w:tplc="05FA848E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36274,51 +34768,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="1A8E5D5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="293EB202"/>
     <w:lvl w:ilvl="0" w:tplc="B97659B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -36363,57 +34857,57 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="1BC636AA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E42A5D0"/>
     <w:numStyleLink w:val="StilenormeTeresianum"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="1C441A62"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C6A0A1FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -36455,51 +34949,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="1F8E4F8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B366BB8"/>
     <w:lvl w:ilvl="0" w:tplc="9D544908">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -36544,51 +35038,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="290B42CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D4871C4"/>
     <w:lvl w:ilvl="0" w:tplc="E402E1DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Titolo4"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -36634,51 +35128,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="29530A25"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9454E57A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -36754,51 +35248,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="29AF5E73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99B64BA0"/>
     <w:lvl w:ilvl="0" w:tplc="D8D63F7A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -36843,63 +35337,63 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="2E3A123D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E42A5D0"/>
     <w:numStyleLink w:val="StilenormeTeresianum"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="333824AA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E42A5D0"/>
     <w:numStyleLink w:val="StilenormeTeresianum"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23">
     <w:nsid w:val="3415473B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D460E140"/>
     <w:lvl w:ilvl="0" w:tplc="8AF2EC10">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -36944,51 +35438,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="35AA7649"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E3722A2A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -37057,51 +35551,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25">
     <w:nsid w:val="38067BB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D4323674"/>
     <w:lvl w:ilvl="0" w:tplc="2E281EDA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -37146,57 +35640,57 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26">
     <w:nsid w:val="39BE6200"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E42A5D0"/>
     <w:numStyleLink w:val="StilenormeTeresianum"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27">
     <w:nsid w:val="3C5D6EDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4B48DA6"/>
     <w:lvl w:ilvl="0" w:tplc="8CE82200">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -37241,51 +35735,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28">
     <w:nsid w:val="3FA1359D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2DCD2AA"/>
     <w:lvl w:ilvl="0" w:tplc="4A2254A6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -37353,51 +35847,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29">
     <w:nsid w:val="4CB90993"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86D64F66"/>
     <w:lvl w:ilvl="0" w:tplc="CC127E44">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Times New Roman" w:hAnsi="Wingdings" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -37465,51 +35959,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30">
     <w:nsid w:val="4E171E77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3E2141C"/>
     <w:lvl w:ilvl="0" w:tplc="419A0EA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -37554,51 +36048,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31">
     <w:nsid w:val="4F5405C4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1AEAC3C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -37667,51 +36161,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32">
     <w:nsid w:val="51126ACE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E962E088"/>
     <w:styleLink w:val="Stile2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -37784,51 +36278,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33">
     <w:nsid w:val="54BC661B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E42A5D0"/>
     <w:styleLink w:val="StilenormeTeresianum"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Parte"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Capitolo"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
@@ -37912,51 +36406,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34">
     <w:nsid w:val="5761635E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EADA3B66"/>
     <w:lvl w:ilvl="0" w:tplc="CC86AFAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -38001,51 +36495,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35">
     <w:nsid w:val="58F45F1F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="53C2ABF2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
@@ -38087,51 +36581,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36">
     <w:nsid w:val="5B9A7BD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="662C2BA6"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAACF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -38176,51 +36670,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37">
     <w:nsid w:val="61D916F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7E41B06"/>
     <w:lvl w:ilvl="0" w:tplc="4F783B2E">
       <w:start w:val="16"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -38289,51 +36783,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38">
     <w:nsid w:val="65552FA4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="90C687EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titolo1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titolo2"/>
@@ -38437,51 +36931,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39">
     <w:nsid w:val="796C6EDA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A6A0D544"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo11"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo21"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -38532,400 +37026,400 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo81"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo91"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1438450078">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="32968445">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="399210816">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1236937404">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1503739815">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1311136135">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="461963369">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1076628476">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="331030246">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1760909595">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="764377303">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1700012075">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1622103829">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="2012486811">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1208109288">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1350990350">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1117602545">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="668338376">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="26758794">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1879932456">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1225683011">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="528224723">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="323777950">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1864590616">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="943685473">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="594363064">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1216625751">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="956958230">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="486097981">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1489446271">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1942762973">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="823204760">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1868060124">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1332177755">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="464394016">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1771268719">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="891385469">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="1755273297">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="428628162">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="869955965">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1705062285">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="864563454">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1582567867">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="632322261">
+  <w:num w:numId="44">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="1344668512">
+  <w:num w:numId="45">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="1870533699">
+  <w:num w:numId="46">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="26"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1421" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="284"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003402E2"/>
     <w:rsid w:val="00005DA6"/>
     <w:rsid w:val="00016B0A"/>
     <w:rsid w:val="000236B3"/>
     <w:rsid w:val="000269B1"/>
     <w:rsid w:val="00030182"/>
     <w:rsid w:val="00070181"/>
     <w:rsid w:val="000A4B77"/>
     <w:rsid w:val="000B4416"/>
     <w:rsid w:val="000B640F"/>
     <w:rsid w:val="000D4CDD"/>
     <w:rsid w:val="000E3FCF"/>
     <w:rsid w:val="000E6725"/>
     <w:rsid w:val="000F0132"/>
     <w:rsid w:val="0010140F"/>
+    <w:rsid w:val="001065F0"/>
     <w:rsid w:val="00114B56"/>
     <w:rsid w:val="00116FD9"/>
     <w:rsid w:val="00137DC4"/>
     <w:rsid w:val="00140787"/>
     <w:rsid w:val="00146BCF"/>
     <w:rsid w:val="0018757F"/>
     <w:rsid w:val="00190D8B"/>
     <w:rsid w:val="001952EB"/>
     <w:rsid w:val="00195858"/>
     <w:rsid w:val="00197126"/>
     <w:rsid w:val="001A673D"/>
     <w:rsid w:val="001A73E5"/>
     <w:rsid w:val="001B4891"/>
     <w:rsid w:val="001C3A86"/>
     <w:rsid w:val="001D50DE"/>
     <w:rsid w:val="001E1719"/>
     <w:rsid w:val="001E366A"/>
     <w:rsid w:val="001E6765"/>
     <w:rsid w:val="001F6665"/>
     <w:rsid w:val="002037F8"/>
+    <w:rsid w:val="00205B22"/>
     <w:rsid w:val="002279FC"/>
     <w:rsid w:val="002300B5"/>
     <w:rsid w:val="00231354"/>
     <w:rsid w:val="00235A9A"/>
     <w:rsid w:val="002408D8"/>
     <w:rsid w:val="00243F4B"/>
     <w:rsid w:val="002602AC"/>
     <w:rsid w:val="002606FF"/>
     <w:rsid w:val="002616AA"/>
     <w:rsid w:val="00263522"/>
     <w:rsid w:val="00272243"/>
     <w:rsid w:val="00283702"/>
     <w:rsid w:val="00286DDC"/>
     <w:rsid w:val="00295BF5"/>
     <w:rsid w:val="0029724F"/>
     <w:rsid w:val="002A423A"/>
     <w:rsid w:val="002A5D5D"/>
     <w:rsid w:val="002B1726"/>
     <w:rsid w:val="002B5652"/>
     <w:rsid w:val="002D2521"/>
     <w:rsid w:val="002D4D1C"/>
     <w:rsid w:val="002D68C7"/>
     <w:rsid w:val="002E20F0"/>
     <w:rsid w:val="003022AE"/>
     <w:rsid w:val="00321BE7"/>
@@ -39088,50 +37582,51 @@
     <w:rsid w:val="00A55E8F"/>
     <w:rsid w:val="00A5612E"/>
     <w:rsid w:val="00A627BB"/>
     <w:rsid w:val="00A713F5"/>
     <w:rsid w:val="00A72603"/>
     <w:rsid w:val="00A84405"/>
     <w:rsid w:val="00A92D22"/>
     <w:rsid w:val="00A94A3B"/>
     <w:rsid w:val="00AA2DE3"/>
     <w:rsid w:val="00AA3CF6"/>
     <w:rsid w:val="00AA6159"/>
     <w:rsid w:val="00AC1150"/>
     <w:rsid w:val="00AC4EF1"/>
     <w:rsid w:val="00AD139A"/>
     <w:rsid w:val="00AD2E2C"/>
     <w:rsid w:val="00AE6B52"/>
     <w:rsid w:val="00AF02B8"/>
     <w:rsid w:val="00AF6712"/>
     <w:rsid w:val="00B12296"/>
     <w:rsid w:val="00B466B4"/>
     <w:rsid w:val="00B47907"/>
     <w:rsid w:val="00B555C7"/>
     <w:rsid w:val="00B56097"/>
     <w:rsid w:val="00B60034"/>
     <w:rsid w:val="00B611DB"/>
+    <w:rsid w:val="00B71966"/>
     <w:rsid w:val="00B77103"/>
     <w:rsid w:val="00B84C58"/>
     <w:rsid w:val="00B913E8"/>
     <w:rsid w:val="00B93296"/>
     <w:rsid w:val="00B963BB"/>
     <w:rsid w:val="00BA6E52"/>
     <w:rsid w:val="00BB1696"/>
     <w:rsid w:val="00BC3E96"/>
     <w:rsid w:val="00BC42E0"/>
     <w:rsid w:val="00BD0850"/>
     <w:rsid w:val="00BD1AD8"/>
     <w:rsid w:val="00BD3738"/>
     <w:rsid w:val="00C05618"/>
     <w:rsid w:val="00C10570"/>
     <w:rsid w:val="00C15A88"/>
     <w:rsid w:val="00C51A12"/>
     <w:rsid w:val="00C520F1"/>
     <w:rsid w:val="00C55037"/>
     <w:rsid w:val="00C61946"/>
     <w:rsid w:val="00C7664F"/>
     <w:rsid w:val="00C82526"/>
     <w:rsid w:val="00C84656"/>
     <w:rsid w:val="00C87BEA"/>
     <w:rsid w:val="00C929DE"/>
     <w:rsid w:val="00CA591A"/>
@@ -39200,80 +37695,80 @@
     <w:rsid w:val="00FA5BE4"/>
     <w:rsid w:val="00FB0817"/>
     <w:rsid w:val="00FB3F0A"/>
     <w:rsid w:val="00FB57BD"/>
     <w:rsid w:val="00FB6731"/>
     <w:rsid w:val="00FC2F58"/>
     <w:rsid w:val="00FE2AAC"/>
     <w:rsid w:val="00FF4B36"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="75B8F309"/>
   <w15:docId w15:val="{87CA684A-0343-4999-AF97-950B6D714128}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="SimSun"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -39601,55 +38096,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:rsid w:val="0029724F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normale"/>
     <w:link w:val="Titolo1Carattere"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:before="600" w:after="300" w:line="240" w:lineRule="auto"/>
@@ -39800,50 +38290,51 @@
   <w:style w:type="paragraph" w:styleId="Titolo8">
     <w:name w:val="heading 8"/>
     <w:aliases w:val="Sotto Capitolo"/>
     <w:next w:val="Normale"/>
     <w:link w:val="Titolo8Carattere"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:after="1280" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
@@ -40259,58 +38750,65 @@
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Garamond"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
     </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal-dopoconclusioni">
     <w:name w:val="Normal-dopo conclusioni"/>
     <w:basedOn w:val="Normale"/>
     <w:pPr>
       <w:ind w:firstLine="284"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normale-Bibliografia">
     <w:name w:val="Normale-Bibliografia"/>
     <w:basedOn w:val="Normale"/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:ind w:left="1134" w:hanging="1134"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normale-Testo">
     <w:name w:val="Normale-Testo"/>
@@ -41010,67 +39508,67 @@
     <w:basedOn w:val="Normale"/>
     <w:link w:val="BiblioCarattere"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="005662C8"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="851" w:hanging="851"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BiblioCarattere">
     <w:name w:val="Biblio Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Biblio"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="0029724F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Menzionenonrisolta">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE63C2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -41357,101 +39855,101 @@
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
         <a:noAutofit/>
       </a:bodyPr>
       <a:lstStyle/>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A6574B8-C2D8-4000-B058-E4A418F3BB9F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C56BD54-C60E-4F82-B7CB-5B93C27B4E56}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>48</Pages>
-  <Words>10099</Words>
-  <Characters>57570</Characters>
+  <Words>10111</Words>
+  <Characters>57639</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>479</Lines>
+  <Lines>480</Lines>
   <Paragraphs>135</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>67534</CharactersWithSpaces>
+  <CharactersWithSpaces>67615</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Iacopo Iadarola</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
     <vt:lpwstr>fb74f7f7100549ad872d1e33de5c1706</vt:lpwstr>
   </property>
 </Properties>
 </file>