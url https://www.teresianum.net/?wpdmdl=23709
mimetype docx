--- v0 (2025-11-08)
+++ v1 (2025-12-29)
@@ -5,51 +5,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="03FBD96C" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002037F8">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>TERESIANUM</w:t>
       </w:r>
@@ -615,51 +615,51 @@
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="004D67B2" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Impostare i margini in tal modo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="785B1647" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251735040" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E6799C3" wp14:editId="1782BB03">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-5080</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>133350</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4876800" cy="564515"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="26035"/>
                 <wp:wrapNone/>
                 <wp:docPr id="84" name="Rectangle 98"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -683,51 +683,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="6A47F024" id="Rectangle 98" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.4pt;margin-top:10.5pt;width:384pt;height:44.45pt;z-index:251735040;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBX92rUBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DOE2NOEWRrsOA&#10;bh3Q7QMUWbaFyaJGKXGyrx8lp2m23Yr6IIim9Pj4+LS6OfSG7RV6Dbbi+WTKmbISam3biv/4fv9h&#10;yZkPwtbCgFUVPyrPb9bv360GV6oZdGBqhYxArC8HV/EuBFdmmZed6oWfgFOWkg1gLwKF2GY1ioHQ&#10;e5PNptNFNgDWDkEq7+nv3Zjk64TfNEqGx6bxKjBTceIW0opp3cY1W69E2aJwnZYnGuIVLHqhLRU9&#10;Q92JINgO9X9QvZYIHpowkdBn0DRaqtQDdZNP/+nmqRNOpV5IHO/OMvm3g5Vf90/uG0bq3j2A/OmZ&#10;hU0nbKtuEWHolKipXB6Fygbny/OFGHi6yrbDF6hptGIXIGlwaLCPgNQdOySpj2ep1SEwST/ny6vF&#10;ckoTkZQrFvMiL1IJUT7fdujDJwU9i5uKI40yoYv9gw+RjSifj8RiFu61MWmcxrKh4tfFrEgXPBhd&#10;x2RqEtvtxiDbi2iI9J3q/nWs14FsaXRfcWJJ32iUqMZHW6cqQWgz7omJsSd5oiLRfL7cQn0kdRBG&#10;z9EboU0H+JuzgfxWcf9rJ1BxZj5bUvg6n8+jQVMwL65mFOBlZnuZEVYSVMUDZ+N2E0ZT7xzqtqNK&#10;eerdwi1NpdFJsBdWJ7LkqaTjyf/RtJdxOvXyStd/AAAA//8DAFBLAwQUAAYACAAAACEAqATK59wA&#10;AAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTSLQ0xKkCotdKFCTamxsv&#10;dtR4HcVuE/6e7QmOoxnNvCnXk+/EBYfYBlIwn2UgkJpgWrIKPj82D08gYtJkdBcIFfxghHV1e1Pq&#10;woSR3vGyS1ZwCcVCK3Ap9YWUsXHodZyFHom97zB4nVgOVppBj1zuO5ln2UJ63RIvON3jq8PmtDt7&#10;BW/9YVs/2ijrr+T2p/AybtzWKnV/N9XPIBJO6S8MV3xGh4qZjuFMJopOwRU8Kcjn/Ijt5WKZgzhy&#10;LlutQFal/H+g+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBX92rUBgIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCoBMrn3AAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAGAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="597290B0" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
@@ -774,51 +774,51 @@
         <w:lastRenderedPageBreak/>
         <w:t>Prime pagine</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="4EC97C51" w14:textId="77777777" w:rsidR="00B44E80" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B44E80" w:rsidP="00FC766B">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251769856" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52D8EB2E" wp14:editId="66C333BA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-17145</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5812155" cy="1033780"/>
                 <wp:effectExtent l="13335" t="12700" r="13335" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="80" name="Rectangle 100"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -842,51 +842,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="44A26D5B" id="Rectangle 100" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:-1.35pt;width:457.65pt;height:81.4pt;z-index:251769856;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWUpYICAIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m6hnVR02nqGEIa&#10;A2nwA1zHSSxsnzm7Tcuv5+x2XQVviDxYvpz93X3ffV7e7q1hO4VBg2t4OZlyppyEVru+4d+/Pbxb&#10;cBaicK0w4FTDDyrw29XbN8vR12oGA5hWISMQF+rRN3yI0ddFEeSgrAgT8MpRsgO0IlKIfdGiGAnd&#10;mmI2nb4vRsDWI0gVAv29Pyb5KuN3nZLxS9cFFZlpOPUW84p53aS1WC1F3aPwg5anNsQ/dGGFdlT0&#10;DHUvomBb1H9BWS0RAnRxIsEW0HVaqsyB2JTTP9g8D8KrzIXECf4sU/h/sPJp9+y/Ymo9+EeQPwJz&#10;sB6E69UdIoyDEi2VK5NQxehDfb6QgkBX2Wb8DC2NVmwjZA32HdoESOzYPkt9OEut9pFJ+lktyllZ&#10;VZxJypXTq6vrRR5GIeqX6x5D/KjAsrRpONIsM7zYPYaY2hH1y5FUzcGDNibP0zg2NvymmlX5QgCj&#10;25TMLLHfrA2ynUiOyF/mRvwvj1kdyZdG24YvzodEneT44NpcJQptjnvqxLiTPkmS5L5Qb6A9kDwI&#10;R9PRI6HNAPiLs5EM1/DwcytQcWY+OZL4ppzPk0NzMK+uZxTgZWZzmRFOElTDI2fH7ToeXb31qPuB&#10;KpWZu4M7Gkuns2CvXZ2aJVNlHU8PILn2Ms6nXp/p6jcAAAD//wMAUEsDBBQABgAIAAAAIQBje7Qh&#10;3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW9pJG6w0nQpi10kMJMYt&#10;a0xSrXGqJlvL2+Od4GRZ/6ffn8vN5DtxwSG2gRTk8wwEUhNMS1bBx/t29ggiJk1Gd4FQwQ9G2FS3&#10;N6UuTBjpDS/7ZAWXUCy0ApdSX0gZG4dex3nokTj7DoPXidfBSjPokct9JxdZtpJet8QXnO7xxWFz&#10;2p+9gtf+a1cvbZT1Z3KHU3get25nlbq/m+onEAmn9AfDVZ/VoWKnYziTiaJTMFsweB0PIDhe58sc&#10;xJG5VZaDrEr5/4HqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABZSlggIAgAA7gMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGN7tCHcAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAAYgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> p. 1:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> F</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1274,106 +1274,66 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La divisione invece </w:t>
       </w:r>
       <w:r w:rsidR="007B2F29" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>viene effettuata tramite il</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> «trattino» (-), senza spazio né prima né dopo. Esso viene utilizzato per le parole composte (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>father</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>father-in-law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-in-</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> = J.-N.) oppure per i cognomi composti (</w:t>
+        <w:t>, caro-prezzi), per separare i numeri di pagina (12-35), per i versetti di una citazione biblica (Lc 12,2-5), per gli anni in un riferimento storico (1950-2019), per i nomi composti (Jean-Noël = J.-N.) oppure per i cognomi composti (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>González-Montes</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="742DE0E3" w14:textId="0BFE216E" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3">
       <w:pPr>
         <w:pStyle w:val="2gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -1381,150 +1341,146 @@
       <w:bookmarkStart w:id="24" w:name="_Toc33794761"/>
       <w:bookmarkStart w:id="25" w:name="_Toc33795532"/>
       <w:bookmarkStart w:id="26" w:name="_Toc115969193"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Virgolette</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="2C88309F" w14:textId="06079FA1" w:rsidR="00A11254" w:rsidRDefault="00680AD3" w:rsidP="00BD1AD8">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nella stesura di un lavoro in lingua italiana, le virgolette che vengono utilizzate sono quelle italiane: </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Nella stesura di un lavoro in lingua italiana, le virgolette che vengono utilizzate sono quelle italiane: « ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388DA9CF" w14:textId="7E5C988D" w:rsidR="00B138BA" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B138BA" w:rsidP="00BD1AD8">
+      <w:pPr>
+        <w:pStyle w:val="Normale-Testo"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In un </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>secondo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> livello di necessità si usano le virgolette alte semplici: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388DA9CF" w14:textId="7E5C988D" w:rsidR="00B138BA" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B138BA" w:rsidP="00BD1AD8">
+    <w:p w14:paraId="1FE290C3" w14:textId="70D70192" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BD1AD8">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">In un </w:t>
-[...33 lines deleted...]
-      <w:r w:rsidRPr="00AA3CF6">
+        <w:t>In un terzo livello di necessità si usano le virgolette alte semplici: ‘ ’. Es</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41197">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-        <w:t>In un terzo livello di necessità si usano le virgolette alte semplici: ‘ ’. Es:</w:t>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51D83E90" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A600199" wp14:editId="7F79AB7B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>101600</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5364000" cy="324000"/>
                 <wp:effectExtent l="0" t="0" r="27305" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="77" name="Rectangle 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -1548,51 +1504,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="74C342A0" id="Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:8pt;width:422.35pt;height:25.5pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADCh93AwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSpGuNOEWRrsOA&#10;rhvQ9QMUWbaFSaJGKXGyrx8lp2mw3Yr5IJAm9Ug+Pi1v9tawncKgwdV8Oik5U05Co11X8+cf9x+u&#10;OAtRuEYYcKrmBxX4zer9u+XgKzWDHkyjkBGIC9Xga97H6KuiCLJXVoQJeOUo2AJaEcnFrmhQDIRu&#10;TTEry8tiAGw8glQh0N+7MchXGb9tlYzf2jaoyEzNqbeYT8znJp3FaimqDoXvtTy2Id7QhRXaUdET&#10;1J2Igm1R/wNltUQI0MaJBFtA22qp8gw0zbT8a5qnXniVZyFygj/RFP4frHzcPfnvmFoP/gHkz8Ac&#10;rHvhOnWLCEOvREPlpomoYvChOl1ITqCrbDN8hYZWK7YRMgf7Fm0CpOnYPlN9OFGt9pFJ+rm4uJyX&#10;JW1EUuxilu1UQlQvtz2G+FmBZcmoOdIqM7rYPYQ4pr6kpGIO7rUxeZ3GsaHm14vZIl8IYHSTgnlI&#10;7DZrg2wnkiDyl0ej8c/TrI4kS6Ntza9OSaJKbHxyTa4ShTajTU0bd6QnMZLEF6oNNAdiB2HUHL0R&#10;MnrA35wNpLeah19bgYoz88URw9fT+TwJNDvzxccZOXge2ZxHhJMEVfPI2Wiu4yjqrUfd9VRpmmd3&#10;cEtbaXUm7LWrY7OkqUz5Uf9JtOd+znp9pas/AAAA//8DAFBLAwQUAAYACAAAACEAqQ5bG9wAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j7D5En7cZS0Oim0nQqiF0nMZCAW9aYpFrj&#10;VE22dv8ec4KT9fys9z6X28l34oJDbAMpuFtmIJCaYFqyCt7fdrcbEDFpMroLhAquGGFbzW5KXZgw&#10;0iteDskKDqFYaAUupb6QMjYOvY7L0COx9x0GrxPLwUoz6JHDfSfvsyyXXrfEDU73+OywOR3OXsFL&#10;/7WvH2yU9Udyn6fwNO7c3iq1mE/1I4iEU/o7hl98RoeKmY7hTCaKTgE/knib82R3s1qtQRwV5OsM&#10;ZFXK//jVDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQADCh93AwIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCpDlsb3AAAAAYBAAAPAAAA&#10;AAAAAAAAAAAAAF0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE4FD37" w14:textId="5DFBFDC6" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00984FF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Maria scrisse: «Giovanni uscì di casa e disse “ecco il nostro ‘fratellastro’ che viene”».</w:t>
       </w:r>
@@ -1642,51 +1598,51 @@
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Si usano le parentesi tonde per indicare un inciso. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69278913" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00D7225D">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251739136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19F549BB" wp14:editId="79B48112">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>146685</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5781600" cy="810000"/>
                 <wp:effectExtent l="0" t="0" r="10160" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="76" name="Rectangle 103"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -1710,150 +1666,166 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="6B6D83BF" id="Rectangle 103" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:11.55pt;width:455.25pt;height:63.8pt;z-index:251739136;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARbDz4AwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mqduuiptPUMYQ0&#10;GNLgB7iOk1jYPnN2m5Zfz9ntugJviDxYvpz93XfffV7e7q1hO4VBg2t4NSk5U05Cq13f8G9fH94t&#10;OAtRuFYYcKrhBxX47ertm+XoazWFAUyrkBGIC/XoGz7E6OuiCHJQVoQJeOUo2QFaESnEvmhRjIRu&#10;TTEty6tiBGw9glQh0N/7Y5KvMn7XKRmfui6oyEzDiVvMK+Z1k9ZitRR1j8IPWp5oiH9gYYV2VPQM&#10;dS+iYFvUf0FZLRECdHEiwRbQdVqq3AN1U5V/dPM8CK9yLyRO8GeZwv+DlZ93z/4LJurBP4L8HpiD&#10;9SBcr+4QYRyUaKlclYQqRh/q84UUBLrKNuMnaGm0Yhsha7Dv0CZA6o7ts9SHs9RqH5mkn/PrRXVV&#10;0kQk5RZVSV8uIeqX2x5D/KDAsrRpONIoM7rYPYaY2Ij65Ugq5uBBG5PHaRwbG34zn87zhQBGtymZ&#10;m8R+szbIdiIZIn+nur8dszqSLY22RO58SNRJjfeuzVWi0Oa4JybGneRJiiTzhXoD7YHUQTh6jt4I&#10;bQbAn5yN5LeGhx9bgYoz89GRwjfVbJYMmoPZ/HpKAV5mNpcZ4SRBNTxydtyu49HUW4+6H6hSlXt3&#10;cEdT6XQW7JXViSx5Kut48n8y7WWcT72+0tUvAAAA//8DAFBLAwQUAAYACAAAACEA6RI/btwAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KidovAT4lQB0WslChLtzU0WO2q8&#10;jmK3CW/PcoLjaEYz35Sr2ffijGPsAmnIFgoEUhPajqyGj/f1zQOImAy1pg+EGr4xwqq6vChN0YaJ&#10;3vC8TVZwCcXCaHApDYWUsXHoTVyEAYm9rzB6k1iOVrajmbjc93Kp1J30piNecGbAF4fNcXvyGl6H&#10;/abObZT1Z3K7Y3ie1m5jtb6+musnEAnn9BeGX3xGh4qZDuFEbRS9Bj6SNCxvMxDsPmYqB3HgWK7u&#10;QVal/M9f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQARbDz4AwIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpEj9u3AAAAAcBAAAPAAAA&#10;AAAAAAAAAAAAAF0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CC290FE" w14:textId="2D6A5854" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00D7225D">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>«Entro il primo anno di studio gli studenti devono raggiungere il livello B1 (secondo le norme della Comunità Europea) di conoscenza della lingua italiana; ciò va verificato con un esame presso la nostra Facoltà»</w:t>
       </w:r>
       <w:r w:rsidR="00676844">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F413A1D" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31FBEA10" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
+    <w:p w14:paraId="31FBEA10" w14:textId="03642E83" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– Si usano le parentesi quadre quando all’interno di un testo viene omessa una parte di testo. In questo caso si mettono </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tre punti</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tra le parentesi quadre. Es:</w:t>
+        <w:t xml:space="preserve"> tra le parentesi quadre. Es</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41197">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="284F439A" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A6E0909" wp14:editId="523E1C9C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>134620</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788800" cy="820800"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="17780"/>
                 <wp:wrapNone/>
                 <wp:docPr id="72" name="Rectangle 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -1877,51 +1849,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="58DBC614" id="Rectangle 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:10.6pt;width:455.8pt;height:64.65pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDV4T7VAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkjU14hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx8lp2m2vhXzg0Ca1CF5eLS6OVjD9gqDBlfz6aTkTDkJjXZdzX98v3+3&#10;5CxE4RphwKmaH1XgN+u3b1aDr9QMejCNQkYgLlSDr3kfo6+KIsheWREm4JWjYAtoRSQXu6JBMRC6&#10;NcWsLN8XA2DjEaQKgf7ejUG+zvhtq2T82rZBRWZqTr3FfGI+t+ks1itRdSh8r+WpDfGKLqzQjoqe&#10;oe5EFGyH+gWU1RIhQBsnEmwBbaulyjPQNNPyn2kee+FVnoXICf5MU/h/sPLL/tF/w9R68A8gfwbm&#10;YNML16lbRBh6JRoqN01EFYMP1flCcgJdZdvhMzS0WrGLkDk4tGgTIE3HDpnq45lqdYhM0s/F1XK5&#10;LGkjkmLLWZnsVEJUT7c9hvhRgWXJqDnSKjO62D+EOKY+paRiDu61MXmdxrGh5teL2SJfCGB0k4J5&#10;SOy2G4NsL5Ig8neq+1ea1ZFkabSl5s5JokpsfHBNrhKFNqNNTRt3oicxksQXqi00R2IHYdQcvREy&#10;esDfnA2kt5qHXzuBijPzyRHD19P5PAk0O/PF1YwcvIxsLyPCSYKqeeRsNDdxFPXOo+56qjTNszu4&#10;pa20OhP23NWpWdJUpvyk/yTaSz9nPb/S9R8AAAD//wMAUEsDBBQABgAIAAAAIQD+CFPh2wAAAAcB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJNIqSDEqQKi10qUSsDNjRc7aryO&#10;YrcJf89yguNoRjNv6s3iB3HBKfaBFOSrDARSF0xPVsHhbXt3DyImTUYPgVDBN0bYNNdXta5MmOkV&#10;L/tkBZdQrLQCl9JYSRk7h17HVRiR2PsKk9eJ5WSlmfTM5X6QRZatpdc98YLTIz477E77s1fwMn7u&#10;2tJG2b4n93EKT/PW7axStzdL+wgi4ZL+wvCLz+jQMNMxnMlEMSjgI0lBkRcg2H3I8zWII8fKrATZ&#10;1PI/f/MDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1eE+1QICAADtAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/ghT4dsAAAAHAQAADwAAAAAA&#10;AAAAAAAAAABcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E131FB" w14:textId="591D5D48" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00984FF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">«Già i padri della Chiesa distinguevano due approcci al mistero della Trinità cui davano il nome di </w:t>
       </w:r>
@@ -1985,51 +1957,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– Si usano le parentesi quadre all’interno di una frase già contenuta tra parentesi tonde. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4928F8C8" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49FBD3B6" wp14:editId="171665D2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>133350</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4302000" cy="284400"/>
                 <wp:effectExtent l="0" t="0" r="22860" b="20955"/>
                 <wp:wrapNone/>
                 <wp:docPr id="71" name="Rectangle 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -2053,51 +2025,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="360AC932" id="Rectangle 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:10.5pt;width:338.75pt;height:22.4pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3/yVHAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJki014hRFug4D&#10;ugvQ7QMYWbaFyaJGKXGyrx8lp2m3vQ3zg0Ca1CF5eLS+PvZWHDQFg66Ss8lUCu0U1sa1lfz29e7V&#10;SooQwdVg0elKnnSQ15uXL9aDL/UcO7S1JsEgLpSDr2QXoy+LIqhO9xAm6LXjYIPUQ2SX2qImGBi9&#10;t8V8On1TDEi1J1Q6BP57OwblJuM3jVbxc9MEHYWtJPcW80n53KWz2KyhbAl8Z9S5DfiHLnowjote&#10;oG4hgtiT+QuqN4owYBMnCvsCm8YonWfgaWbTP6Z56MDrPAuTE/yFpvD/YNWnw4P/Qqn14O9RfQ/C&#10;4bYD1+obIhw6DTWXmyWiisGH8nIhOYGvit3wEWteLewjZg6ODfUJkKcTx0z16UK1Pkah+Ofi9ZTX&#10;xxtRHJuvFgu2UwkoH297CvG9xl4ko5LEq8zocLgPcUx9TEnFHN4Za/M6rRNDJa+W82W+ENCaOgXz&#10;kNTutpbEAZIg8neu+1tabyLL0pq+kqtLEpSJjXeuzlUiGDva3LR1Z3oSI0l8odxhfWJ2CEfN8Rth&#10;o0P6KcXAeqtk+LEH0lLYD44ZvpoxByzQ7CyWb+fs0PPI7nkEnGKoSkYpRnMbR1HvPZm240qzPLvD&#10;G95KYzJhT12dm2VNZcrP+k+ife7nrKdXuvkFAAD//wMAUEsDBBQABgAIAAAAIQDgAhRq3AAAAAYB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyJO4sXSTuk2l6VQQu05iTAJuWeMl1Rqn&#10;arK1/HvMCU5+1rPe+1xuJ9+JGw6xDaRgMc9AIDXBtGQVHN93jxsQMWkyuguECr4xwra6vyt1YcJI&#10;b3g7JCs4hGKhFbiU+kLK2Dj0Os5Dj8TeOQxeJ14HK82gRw73nVxm2Up63RI3ON3ji8Pmcrh6Ba/9&#10;177ObZT1R3Kfl/A87tzeKvUwm+onEAmn9HcMv/iMDhUzncKVTBSdAn4kKVgueLK7Wq9zECcW+QZk&#10;Vcr/+NUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHf/JUcCAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOACFGrcAAAABgEAAA8AAAAA&#10;AAAAAAAAAAAAXAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="43DCEBEB" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00984FF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(la casa di Dio [il Tempio] fu costruita sul punto più alto del paese)</w:t>
       </w:r>
@@ -2302,51 +2274,51 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> si vuole sottolineare o dare enfasi a una parola o un’espressione. Es.: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73344DEF" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C8FCF58" wp14:editId="74124040">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>26035</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>122555</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5772150" cy="577215"/>
                 <wp:effectExtent l="12065" t="10160" r="6985" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="69" name="Rectangle 15"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -2370,51 +2342,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="2887F45F" id="Rectangle 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:2.05pt;margin-top:9.65pt;width:454.5pt;height:45.45pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJzCdZAQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkqU14hRFug4D&#10;ugvQ7QMYWY6FyaJGKXG6rx8lp2m2vQ3zgyCa5CF5eLS6OfZWHDQFg66W5WQqhXYKG+N2tfz29f7N&#10;lRQhgmvAotO1fNJB3qxfv1oNvtIz7NA2mgSDuFANvpZdjL4qiqA63UOYoNeOnS1SD5FN2hUNwcDo&#10;vS1m0+nbYkBqPKHSIfDfu9Ep1xm/bbWKn9s26ChsLbm3mE/K5zadxXoF1Y7Ad0ad2oB/6KIH47jo&#10;GeoOIog9mb+geqMIA7ZxorAvsG2N0nkGnqac/jHNYwde51mYnODPNIX/B6s+HR79F0qtB/+A6nsQ&#10;DjcduJ2+JcKh09BwuTIRVQw+VOeEZAROFdvhIza8WthHzBwcW+oTIE8njpnqpzPV+hiF4p+L5XJW&#10;Lngjin2jkUtA9ZztKcT3GnuRLrUkXmVGh8NDiKkbqJ5DUjGH98bavE7rxFDL68VskRMCWtMkZx6S&#10;dtuNJXGAJIj8ner+FtabyLK0pq/l1TkIqsTGO9fkKhGMHe/ciXUnehIjSXyh2mLzxOwQjprjN8KX&#10;DumnFAPrrZbhxx5IS2E/OGb4upzPk0CzMV8sZ2zQpWd76QGnGKqWUYrxuomjqPeezK7jSmWe3eEt&#10;b6U1mbCXrk7NsqYyjyf9J9Fe2jnq5ZWufwEAAP//AwBQSwMEFAAGAAgAAAAhABVCd7zcAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyokxZQG+JUAdFrJQoS5ebGix01Xkex&#10;24S/ZznR474Zzc6U68l34oxDbAMpyGcZCKQmmJasgo/3zd0SREyajO4CoYIfjLCurq9KXZgw0hue&#10;d8kKDqFYaAUupb6QMjYOvY6z0COx9h0GrxOfg5Vm0COH+07Os+xRet0Sf3C6xxeHzXF38gpe+69t&#10;/WCjrD+T2x/D87hxW6vU7c1UP4FIOKV/M/zV5+pQcadDOJGJolNwn7OR8WoBguVVvmBwYJBnc5BV&#10;KS8HVL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAScwnWQECAADtAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAFUJ3vNwAAAAIAQAADwAAAAAA&#10;AAAAAAAAAABbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="389EC53B" w14:textId="16CA0968" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">«solitamente si distinguono due tipi di concordanze: quella </w:t>
       </w:r>
@@ -2667,51 +2639,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E3173DD" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00D7225D">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B37DCEB" wp14:editId="2ACB4589">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-85090</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>109220</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5958840" cy="2407920"/>
                 <wp:effectExtent l="0" t="0" r="22860" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="68" name="Rectangle 16"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -2735,96 +2707,78 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="1C3EA5E2" id="Rectangle 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:-6.7pt;margin-top:8.6pt;width:469.2pt;height:189.6pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7T96UBwIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06CZE2MOEWRrsOA&#10;bh3Q7QMYWbaFyaJGKXGyrx+lpGmw3Yb5IIgm+cj3SK1uD70Ve03BoKvkZDSWQjuFtXFtJb9/e3i3&#10;kCJEcDVYdLqSRx3k7frtm9XgSz3FDm2tSTCIC+XgK9nF6MuiCKrTPYQReu3Y2SD1ENmktqgJBkbv&#10;bTEdj98XA1LtCZUOgf/en5xynfGbRqv41DRBR2Eryb3FfFI+t+ks1isoWwLfGXVuA/6hix6M46IX&#10;qHuIIHZk/oLqjSIM2MSRwr7ApjFKZw7MZjL+g81zB15nLixO8BeZwv+DVV/2z/4rpdaDf0T1IwiH&#10;mw5cq++IcOg01FxukoQqBh/KS0IyAqeK7fAZax4t7CJmDQ4N9QmQ2YlDlvp4kVofolD8c76cLxYz&#10;nohi33Q2vllO8zAKKF/SPYX4UWMv0qWSxLPM8LB/DDG1A+VLSKrm8MFYm+dpnRgquZxP5zkhoDV1&#10;cmaW1G43lsQe0kbkL3Nj/tdhvYm8l9b0lVxcgqBMcnxwda4SwdjTnTux7qxPkiRtXyi3WB9ZHsLT&#10;0vEj4UuH9EuKgReukuHnDkhLYT85lng5mSU9YjZm8xvWQ9C1Z3vtAacYqpJRitN1E09bvfNk2o4r&#10;TTJ3h3c8lsZkwV67OjfLS5V1PD+AtLXXdo56fabr3wAAAP//AwBQSwMEFAAGAAgAAAAhAM0J79bf&#10;AAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfeV+AdrkNi1TtMHNMSpAqLbShQkYOcm&#10;gx01Hkex24S/77CC5ege3Tk3346uFRfsQ+NJwXyWgECqfN2QUfD+tps+gAhRU61bT6jgBwNsi5tJ&#10;rrPaD/SKl0M0gksoZFqBjbHLpAyVRafDzHdInH373unIZ29k3euBy10r0yRZS6cb4g9Wd/hssTod&#10;zk7BS/e1L1cmyPIj2s+Tfxp2dm+Uursdy0cQEcf4B8OvPqtDwU5Hf6Y6iFbBdL5YMsrBfQqCgU26&#10;4nFHBYvNegmyyOX/CcUVAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+0/elAcCAADuAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzQnv1t8AAAAK&#10;AQAADwAAAAAAAAAAAAAAAABhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D60ED8F" w14:textId="23C3FCB0" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00DD2200">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Trattando dell’unità di Dio e dell’unità degli uomini, Ladaria prende come punto di partenza della sua riflessione la preghiera sacerdotale di Gesù (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 17):</w:t>
+        <w:t>Trattando dell’unità di Dio e dell’unità degli uomini, Ladaria prende come punto di partenza della sua riflessione la preghiera sacerdotale di Gesù (Gv 17):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A867745" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00DD2200">
       <w:pPr>
         <w:pStyle w:val="citazionelunga0"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I primi versetti del capitolo trattano della glorificazione reciproca di Padre e Figlio; culminano, nel v. 5, con la supplica di Gesù di essere glorificato dal Padre con la gloria che presso di lui prima della creazione del mondo. In questa glorificazione si manifesta la gloria stessa del Padre. Si tratta della rivelazione escatologica dell’essere eterno di Dio. Dio possiede da sempre la gloria della sua divinità, che consiste nella glorificazione reciproca del Padre e del Figlio. Essa ora comprende anche il Figlio in quanto uomo: questo è il senso della supplica di Gesù al v. 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
@@ -3167,97 +3121,83 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1060C983" w14:textId="1DAF777A" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00197126">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Numero in tondo, seguito da un punto e da uno spazi</w:t>
       </w:r>
       <w:r w:rsidR="007F3282" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">; titolo: in tondo, minuscolo </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 12. Es.:</w:t>
+        <w:t>; titolo: in tondo, minuscolo grassettato 12. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C1F56FE" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09593527" w14:textId="272A21EC" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="003D2133">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1224F539" wp14:editId="3CC759DF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>36830</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4190400" cy="212400"/>
                 <wp:effectExtent l="0" t="0" r="19685" b="16510"/>
                 <wp:wrapNone/>
                 <wp:docPr id="65" name="Rectangle 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -3281,51 +3221,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="6C610BFE" id="Rectangle 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:2.9pt;width:329.95pt;height:16.7pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUTiSJAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCZGuMOEWRrsOA&#10;bh3Q7QMUWbaFyaJGKXGyrx8lp2m2vRX1g0Ca1CF5eLS6PgyG7RV6DbbmxSznTFkJjbZdzX98v3t3&#10;xZkPwjbCgFU1PyrPr9dv36xGV6kSejCNQkYg1lejq3kfgquyzMteDcLPwClLwRZwEIFc7LIGxUjo&#10;g8nKPH+fjYCNQ5DKe/p7OwX5OuG3rZLhoW29CszUnHoL6cR0buOZrVei6lC4XstTG+IFXQxCWyp6&#10;hroVQbAd6v+gBi0RPLRhJmHIoG21VGkGmqbI/5nmsRdOpVmIHO/ONPnXg5Vf94/uG8bWvbsH+dMz&#10;C5te2E7dIMLYK9FQuSISlY3OV+cL0fF0lW3HL9DQasUuQOLg0OIQAWk6dkhUH89Uq0Ngkn7Oi2U+&#10;z2kjkmJlUUY7lhDV022HPnxSMLBo1BxplQld7O99mFKfUmIxC3famLROY9lY8+WiXKQLHoxuYjAN&#10;id12Y5DtRRRE+k51/0obdCBZGj3U/OqcJKrIxkfbpCpBaDPZ1LSxJ3oiI1F8vtpCcyR2ECbN0Rsh&#10;owf8zdlIequ5/7UTqDgzny0xvCzm8yjQ5MwXH0py8DKyvYwIKwmq5oGzydyESdQ7h7rrqVKRZrdw&#10;Q1tpdSLsuatTs6SpRPlJ/1G0l37Ken6l6z8AAAD//wMAUEsDBBQABgAIAAAAIQB9nJCY2wAAAAUB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTM/BTsMwDAbgOxLvEBmJG0sZ6kS7ulNB7DqJgQTcsiZLqjVO&#10;1WRreXvMCY7Wb/3+XG1m34uLGWMXCOF+kYEw1AbdkUV4f9vePYKISZFWfSCD8G0ibOrrq0qVOkz0&#10;ai77ZAWXUCwVgktpKKWMrTNexUUYDHF2DKNXicfRSj2qict9L5dZtpJedcQXnBrMszPtaX/2CC/D&#10;167JbZTNR3Kfp/A0bd3OIt7ezM0aRDJz+luGXz7ToWbTIZxJR9Ej8CMJIWc+h6u8KEAcEB6KJci6&#10;kv/19Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1E4kiQICAADtAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfZyQmNsAAAAFAQAADwAAAAAA&#10;AAAAAAAAAABcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003D2133" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:b/>
@@ -3399,51 +3339,51 @@
     <w:p w14:paraId="444D9957" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="006D6E66">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70006BDB" w14:textId="28CB51D2" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="003D2133">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6ADC4BA4" wp14:editId="44AFA783">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>36195</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2592000" cy="190800"/>
                 <wp:effectExtent l="0" t="0" r="18415" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="64" name="Rectangle 18"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -3467,51 +3407,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="303C1EC9" id="Rectangle 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:2.85pt;width:204.1pt;height:15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjaYQSAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DZGuMOEWRrsOA&#10;bh3Q7QMUWbaFSaJGKXGyrx8lp2m23YrqIJCi9Eg+Pq2uD9awvcKgwdW8nEw5U05Co11X8x/f795d&#10;cRaicI0w4FTNjyrw6/XbN6vBV2oGPZhGISMQF6rB17yP0VdFEWSvrAgT8MpRsAW0IpKLXdGgGAjd&#10;mmI2nb4vBsDGI0gVAp3ejkG+zvhtq2R8aNugIjM1p9pi3jHv27QX65WoOhS+1/JUhnhBFVZoR0nP&#10;ULciCrZD/R+U1RIhQBsnEmwBbaulyj1QN+X0n24ee+FV7oXICf5MU3g9WPl1/+i/YSo9+HuQPwNz&#10;sOmF69QNIgy9Eg2lKxNRxeBDdX6QnEBP2Xb4Ag2NVuwiZA4OLdoESN2xQ6b6eKZaHSKTdDhbLGl8&#10;NBFJsXI5vSI7pRDV02uPIX5SYFkyao40yowu9vchjlefrqRkDu60MXmcxrGh5svFbJEfBDC6ScHc&#10;JHbbjUG2F0kQeZ3y/nXN6kiyNNrWnCqjNQolsfHRNTlLFNqMNhVt3ImexEgSX6i20ByJHYRRc/RH&#10;yOgBf3M2kN5qHn7tBCrOzGdHDC/L+TwJNDvzxYcZOXgZ2V5GhJMEVfPI2Whu4ijqnUfd9ZSpzL07&#10;uKGptDoT9lzVqVjSVKb8pP8k2ks/33r+pes/AAAA//8DAFBLAwQUAAYACAAAACEA2sU3ZdoAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDoVCFbKqA6LUSBYn25sZLHDVe&#10;R7HbhL9nOcFxZ0Yzb4vV5Dt1piG2gRFuZxko4jrYlhuEj/f1zRJUTIat6QITwjdFWJWXF4XJbRj5&#10;jc7b1Cgp4ZgbBJdSn2sda0fexFnoicX7CoM3Sc6h0XYwo5T7Ts+z7EF707IsONPTi6P6uD15hNd+&#10;v6kWTdTVZ3K7Y3ge127TIF5fTdUTqERT+gvDL76gQylMh3BiG1WHII8khMUjKDHvs+Uc1AHhTgRd&#10;Fvo/ffkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA42mEEgMCAADtAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA2sU3ZdoAAAAFAQAADwAAAAAA&#10;AAAAAAAAAABdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003D2133" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
@@ -3570,50 +3510,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> spazio; titolo: minuscolo tondo 12. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="285FCFD5" w14:textId="77777777" w:rsidR="007F3282" w:rsidRPr="00AA3CF6" w:rsidRDefault="007F3282" w:rsidP="007F3282">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="582FC381" w14:textId="65F0C823" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="007F3282" w:rsidP="007F3282">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A3B5CF1" wp14:editId="46DBA891">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>13335</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3834000" cy="198000"/>
                 <wp:effectExtent l="0" t="0" r="14605" b="12065"/>
                 <wp:wrapNone/>
                 <wp:docPr id="63" name="Rectangle 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -3637,82 +3578,68 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="5549C2F0" id="Rectangle 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:1.05pt;width:301.9pt;height:15.6pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1t7SfBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bTZEuMOEWRrsOA&#10;rhvQ9QMUWbaFyaJGKXGyrx8lp2m23Yr5IJCm+Eg+Pq2uD71he4Veg614Mck5U1ZCrW1b8afvd+8W&#10;nPkgbC0MWFXxo/L8ev32zWpwpZpCB6ZWyAjE+nJwFe9CcGWWedmpXvgJOGUp2AD2IpCLbVajGAi9&#10;N9k0z99nA2DtEKTynv7ejkG+TvhNo2T42jReBWYqTr2FdGI6t/HM1itRtihcp+WpDfGKLnqhLRU9&#10;Q92KINgO9T9QvZYIHpowkdBn0DRaqjQDTVPkf03z2Amn0ixEjndnmvz/g5UP+0f3DWPr3t2D/OGZ&#10;hU0nbKtuEGHolKipXBGJygbny3NCdDylsu3wBWpardgFSBwcGuwjIE3HDonq45lqdQhM0s+rxdUs&#10;z2kjkmLFchHtWEKUz9kOffikoGfRqDjSKhO62N/7MF59vhKLWbjTxqR1GsuGii/n03lK8GB0HYNp&#10;SGy3G4NsL6Ig0neq+8e1XgeSpdF9xWNrY3OijGx8tHWqEoQ2o01NG3uiJzISxefLLdRHYgdh1By9&#10;ETI6wF+cDaS3ivufO4GKM/PZEsPLYjaLAk3ObP5hSg5eRraXEWElQVU8cDaamzCKeudQtx1VKtLs&#10;Fm5oK41OhL10dWqWNJUoP+k/ivbST7deXun6NwAAAP//AwBQSwMEFAAGAAgAAAAhABkCpJ3aAAAA&#10;BQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gje7aYNFYl5KFHstWAvqbZs8d0Oz&#10;b0N228R/7/Okx2GGmW/Kzex7daExdoERlosMFHET2o4twuFte/cAKibDrekDE8I3RdhU11elKdow&#10;8Std9skqKeFYGASX0lBoHRtH3sRFGIjF+wqjN0nkaHU7mknKfa9XWbbW3nQsC84M9OyoOe3PHuFl&#10;+NzV9zbq+j25j1N4mrZuZxFvb+b6EVSiOf2F4Rdf0KESpmM4cxtVjyBHEsJqCUrMdZbLjyNCnueg&#10;q1L/p69+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALW3tJ8EAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABkCpJ3aAAAABQEAAA8AAAAA&#10;AAAAAAAAAAAAXgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D6E66" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">1.1.1 N. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">: il “padre” dell’ecclesiologia eucaristica </w:t>
+        <w:t xml:space="preserve">1.1.1 N. Afanassiev: il “padre” dell’ecclesiologia eucaristica </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B6BFF8F" w14:textId="055C8903" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3937E6AB" w14:textId="53C8878F" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00197126">
       <w:pPr>
         <w:pStyle w:val="1gradodidivisione"/>
         <w:rPr>
@@ -3932,51 +3859,51 @@
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10FF96B0" w14:textId="71EDF687" w:rsidR="00680AD3" w:rsidRPr="00B138BA" w:rsidRDefault="009041CF" w:rsidP="003B7F06">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="607D720B" wp14:editId="573E2C12">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>227330</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3992880" cy="464820"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="60" name="Rectangle 24"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -4000,258 +3927,200 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="6D7D9496" id="Rectangle 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:17.9pt;width:314.4pt;height:36.6pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfN7N1BwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XgIUthARViu2W1Xa&#10;XqRtP2BwnMSq43HHhkC/vmPDsqh9q5oHy5Oxz8w5c7y6PfRW7DUFg66Sk9FYCu0U1sa1lfz+7eHN&#10;QooQwdVg0elKHnWQt+vXr1aDL/UUO7S1JsEgLpSDr2QXoy+LIqhO9xBG6LXjZIPUQ+SQ2qImGBi9&#10;t8V0PL4pBqTaEyodAv+9PyXlOuM3jVbxS9MEHYWtJPcW80p53aa1WK+gbAl8Z9S5DfiHLnowjote&#10;oO4hgtiR+QuqN4owYBNHCvsCm8YonTkwm8n4DzZPHXidubA4wV9kCv8PVn3eP/mvlFoP/hHVjyAc&#10;bjpwrb4jwqHTUHO5SRKqGHwoLxdSEPiq2A6fsObRwi5i1uDQUJ8AmZ04ZKmPF6n1IQrFP98ul9PF&#10;gieiODe7mS2meRYFlM+3PYX4QWMv0qaSxKPM6LB/DDF1A+XzkVTM4YOxNo/TOjFUcjmfzvOFgNbU&#10;KZlJUrvdWBJ7SIbIX6bG9K+P9SayLa3pK7m4HIIyqfHe1blKBGNPe+7EurM8SZFkvlBusT6yOoQn&#10;z/Eb4U2H9EuKgf1WyfBzB6SlsB8dK7yczGbJoDmYzd+xHoKuM9vrDDjFUJWMUpy2m3gy9c6TaTuu&#10;NMncHd7xVBqTBXvp6twseyrrePZ/Mu11nE+9vNL1bwAAAP//AwBQSwMEFAAGAAgAAAAhAA2ZpNXc&#10;AAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxah6BGJcSpAqLXSrRIwM2N&#10;FztqvI5itwl/z3KC42qeZt9Um9n34oJj7AIpuFtmIJDaYDqyCt4O28UaREyajO4DoYJvjLCpr68q&#10;XZow0Ste9skKLqFYagUupaGUMrYOvY7LMCBx9hVGrxOfo5Vm1BOX+17mWVZIrzviD04P+OywPe3P&#10;XsHL8LlrVjbK5j25j1N4mrZuZ5W6vZmbRxAJ5/QHw68+q0PNTsdwJhNFr2CRM6jgfsUDOC7ydQHi&#10;yFz2kIGsK/l/QP0DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXzezdQcCAADtAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADZmk1dwAAAAIAQAA&#10;DwAAAAAAAAAAAAAAAABhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="38449C81" w14:textId="49D7ABFD" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="003B7F06">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B138BA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES" w:bidi="th-TH"/>
         </w:rPr>
-        <w:t xml:space="preserve">A. </w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>A. P</w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
+          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES" w:bidi="th-TH"/>
         </w:rPr>
-        <w:t>P</w:t>
+        <w:t>orreca,</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
-          <w:smallCaps/>
-[...15 lines deleted...]
-        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">                                                    O. G</w:t>
+        <w:t xml:space="preserve">                                                       O. G</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>onzález Hernández</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B34CE0A" w14:textId="305B7B5C" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="003B7F06">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">L.F. </w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>L.F. L</w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
+          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>L</w:t>
+        <w:t>adaria</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
-          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>adaria</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">                                                  A. </w:t>
+        <w:t xml:space="preserve">,                                                     A. </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>González-Montes,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73D132EA" w14:textId="09FA302E" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="003B7F06">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">J.-N. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>J.-N. A</w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t>A</w:t>
+          <w:smallCaps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>letti</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
-          <w:smallCaps/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">                                                    </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,                                                       </w:t>
       </w:r>
       <w:r w:rsidR="00AE6B52" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Th</w:t>
       </w:r>
       <w:r w:rsidR="00AE6B52" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00AE6B52" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Merton</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B9B40AE" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
@@ -4337,51 +4206,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CBC7276" w14:textId="79DE5BD0" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00D7225D">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="067D2B31" wp14:editId="2CBA1081">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>194310</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2476500" cy="487680"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="59" name="Rectangle 25"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -4405,51 +4274,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="1AFD5F39" id="Rectangle 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:15.3pt;width:195pt;height:38.4pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDh4SrvBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJcqsRpyjSdRjQ&#10;XYBuH8DIsi1MFjVKidN9/SglTYPtbZgfBNGUDnkOj9a3x96Kg6Zg0FVyMhpLoZ3C2ri2kt+/Pbxb&#10;SREiuBosOl3JZx3k7ebtm/XgSz3FDm2tSTCIC+XgK9nF6MuiCKrTPYQReu042SD1EDmktqgJBkbv&#10;bTEdjxfFgFR7QqVD4L/3p6TcZPym0Sp+aZqgo7CV5N5iXimvu7QWmzWULYHvjDq3Af/QRQ/GcdEL&#10;1D1EEHsyf0H1RhEGbOJIYV9g0xilMwdmMxn/weapA68zFxYn+ItM4f/Bqs+HJ/+VUuvBP6L6EYTD&#10;bQeu1XdEOHQaai43SUIVgw/l5UIKAl8Vu+ET1jxa2EfMGhwb6hMgsxPHLPXzRWp9jELxz+lsuZiP&#10;eSKKc7PVcrHKsyigfLntKcQPGnuRNpUkHmVGh8NjiKkbKF+OpGIOH4y1eZzWiaGSN/PpPF8IaE2d&#10;kpkktbutJXGAZIj8ZWpM//pYbyLb0pq+kqvLISiTGu9dnatEMPa0506sO8uTFEnmC+UO62dWh/Dk&#10;OX4jvOmQfkkxsN8qGX7ugbQU9qNjhW8ms1kyaA5m8+WUA7rO7K4z4BRDVTJKcdpu48nUe0+m7bjS&#10;JHN3eMdTaUwW7LWrc7Psqazj2f/JtNdxPvX6Sje/AQAA//8DAFBLAwQUAAYACAAAACEApVe5w9sA&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgNhRZCnCogeq1EQSrc3Hix&#10;o8brKHab8PcsJzjOzmjmbbmaQidOOKQ2kobrmQKB1ETbktPw/ra+ugeRsiFrukio4RsTrKrzs9IU&#10;No70iqdtdoJLKBVGg8+5L6RMjcdg0iz2SOx9xSGYzHJw0g5m5PLQyRulFjKYlnjBmx6fPTaH7TFo&#10;eOk/N/WdS7LeZf9xiE/j2m+c1pcXU/0IIuOU/8Lwi8/oUDHTPh7JJtFp4EeyhrlagGB3/qD4sOeY&#10;Wt6CrEr5n7/6AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOHhKu8GAgAA7QMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKVXucPbAAAABwEAAA8A&#10;AAAAAAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="347FC9CC" w14:textId="6468636B" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="00D7225D">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
@@ -4497,59 +4366,57 @@
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">R.E. </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Brown</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> – J.A. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Fitzmyer</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> – R.E </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Murphy</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7056E5AF" w14:textId="44424D64" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="00D7225D">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
@@ -4625,51 +4492,51 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>«ed.», in tondo separato da una virgola e spazio. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E7651C" w14:textId="64B03CA7" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="007530A9" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:left="60" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251743232" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4644A90D" wp14:editId="5813B63F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>189230</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1607820" cy="381000"/>
                 <wp:effectExtent l="0" t="0" r="11430" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="57" name="Rectangle 107"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -4693,89 +4560,87 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="0EE8A701" id="Rectangle 107" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:14.9pt;width:126.6pt;height:30pt;z-index:251743232;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKo9FRBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu3VR02nqGEIa&#10;A2nwA1zHSSxsnzm7Tcuv5+x2XQVviDxYvpz93X3ffV7e7q1hO4VBg2t4NSk5U05Cq13f8O/fHt4t&#10;OAtRuFYYcKrhBxX47ertm+XoazWFAUyrkBGIC/XoGz7E6OuiCHJQVoQJeOUo2QFaESnEvmhRjIRu&#10;TTEty6tiBGw9glQh0N/7Y5KvMn7XKRm/dF1QkZmGU28xr5jXTVqL1VLUPQo/aHlqQ/xDF1ZoR0XP&#10;UPciCrZF/ReU1RIhQBcnEmwBXaelyhyITVX+weZ5EF5lLiRO8GeZwv+DlU+7Z/8VU+vBP4L8EZiD&#10;9SBcr+4QYRyUaKlclYQqRh/q84UUBLrKNuNnaGm0Yhsha7Dv0CZAYsf2WerDWWq1j0zSz+qqvF5M&#10;aSKScu8XVVnmWRSifrntMcSPCixLm4YjjTKji91jiKkbUb8cScUcPGhj8jiNY2PDb+bTeb4QwOg2&#10;JTNJ7Ddrg2wnkiHyl6kR/ctjVkeypdG24YvzIVEnNT64NleJQpvjnjox7iRPUiSZL9QbaA+kDsLR&#10;c/RGaDMA/uJsJL81PPzcClScmU+OFL6pZrNk0BzM5tdJG7zMbC4zwkmCanjk7Lhdx6Optx51P1Cl&#10;KnN3cEdT6XQW7LWrU7Pkqazjyf/JtJdxPvX6Sle/AQAA//8DAFBLAwQUAAYACAAAACEAcaNlJdoA&#10;AAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDUFEJ2VQB0WslWiTg5iaL&#10;HTVeR7HbhL9nOcFxZ0Yzb8v17Ht1pjF2gRFuFxko4ia0HVuEt/3mZgUqJsOt6QMTwjdFWFeXF6Up&#10;2jDxK513ySop4VgYBJfSUGgdG0fexEUYiMX7CqM3Sc7R6nY0k5T7XudZdq+96VgWnBno2VFz3J08&#10;wsvwua2XNur6PbmPY3iaNm5rEa+v5voRVKI5/YXhF1/QoRKmQzhxG1WPII8khPxB+MXNl3c5qAPC&#10;SgRdlfo/fvUDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAiqPRUQYCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcaNlJdoAAAAGAQAADwAA&#10;AAAAAAAAAAAAAABgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="161EA38A" w14:textId="7F791F3C" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="00B611DB">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ugenti</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, ed., </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="307499BC" w14:textId="536D1E84" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B611DB" w:rsidP="00B611DB">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -4868,51 +4733,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7098C163" w14:textId="602F425E" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251753472" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69E7DE65" wp14:editId="59E95675">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>224155</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5802630" cy="509905"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="23495"/>
                 <wp:wrapNone/>
                 <wp:docPr id="86" name="Rectangle 29"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -4936,51 +4801,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="765D57FB" id="Rectangle 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:17.65pt;width:456.9pt;height:40.15pt;z-index:251753472;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBA/t8FBQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lLM9qo6TR1DCGN&#10;gTT4Aa7jJBa2z5zdpuPXc3a7rsAbIg+WL3f33d13n1fXB2vYXmHQ4Bo+nZScKSeh1a5v+Levd28W&#10;nIUoXCsMONXwJxX49fr1q9XoazWDAUyrkBGIC/XoGz7E6OuiCHJQVoQJeOXI2QFaEcnEvmhRjIRu&#10;TTEry6tiBGw9glQh0N/bo5OvM37XKRk/d11QkZmGU28xn5jPbTqL9UrUPQo/aHlqQ/xDF1ZoR0XP&#10;ULciCrZD/ReU1RIhQBcnEmwBXaelyjPQNNPyj2keB+FVnoXICf5MU/h/sPJh/+i/YGo9+HuQ3wNz&#10;sBmE69UNIoyDEi2VmyaiitGH+pyQjECpbDt+gpZWK3YRMgeHDm0CpOnYIVP9dKZaHSKT9LNalLOr&#10;t7QRSb6qXC7LKpcQ9XO2xxA/KLAsXRqOtMqMLvb3IaZuRP0ckoo5uNPG5HUax8aGL6tZlRMCGN0m&#10;Zx4S++3GINuLJIj8ner+FmZ1JFkabRu+OAeJOrHx3rW5ShTaHO/UiXEnehIjSXyh3kL7ROwgHDVH&#10;b4QuA+BPzkbSW8PDj51AxZn56Ijh5XQ+TwLNxrx6NyMDLz3bS49wkqAaHjk7XjfxKOqdR90PVGma&#10;Z3dwQ1vpdCbspatTs6SpzONJ/0m0l3aOenml618AAAD//wMAUEsDBBQABgAIAAAAIQAc6a6S3QAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWieNEkGIUwVEr5UoSMDNjZc4&#10;aryOYrcJf89yguNqnmbeVtvFDeKCU+g9KUjXCQik1pueOgVvr7vVHYgQNRk9eEIF3xhgW19fVbo0&#10;fqYXvBxiJ7iEQqkV2BjHUsrQWnQ6rP2IxNmXn5yOfE6dNJOeudwNcpMkhXS6J16wesQni+3pcHYK&#10;nsfPfZN3QTbv0X6c/OO8s/tOqdubpXkAEXGJfzD86rM61Ox09GcyQQwKVhsGFWR5BoLj+zQrQByZ&#10;S/MCZF3J/w/UPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBA/t8FBQIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAc6a6S3QAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F3FD6EC" w14:textId="44309AA5" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:left="48" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>A. P</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -5174,173 +5039,137 @@
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000E3FCF" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">(in </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BB1696">
+        <w:t>(in maiuscoletto</w:t>
+      </w:r>
+      <w:r w:rsidR="0090743C" w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>maiuscoletto</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="000E3FCF" w:rsidRPr="00BB1696">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
       <w:r w:rsidR="0090743C" w:rsidRPr="00BB1696">
         <w:rPr>
+          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
+        <w:t>Ead</w:t>
+      </w:r>
+      <w:r w:rsidR="0090743C" w:rsidRPr="00BB1696">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000E3FCF" w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>»</w:t>
+      </w:r>
       <w:r w:rsidR="0090743C" w:rsidRPr="00BB1696">
         <w:rPr>
-          <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Ead</w:t>
-[...47 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> in caso di sesso femminile</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BB1696">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00932EC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E930815" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251757568" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62DA5E07" wp14:editId="5D534243">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>147320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5828030" cy="522000"/>
                 <wp:effectExtent l="0" t="0" r="20320" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="89" name="Rectangle 36"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -5364,51 +5193,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="25ACA923" id="Rectangle 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:11.6pt;width:458.9pt;height:41.1pt;z-index:251757568;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFWmkSBQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG1ooRs1Xa26LEJa&#10;FqSFD5g6TmLheMzYbbp8PWO3263ghsjB8mTsN/PePK+uD4MVe03BoKvlbDKVQjuFjXFdLb9/u3uz&#10;lCJEcA1YdLqWTzrI6/XrV6vRV7rEHm2jSTCIC9Xoa9nH6KuiCKrXA4QJeu042SINEDmkrmgIRkYf&#10;bFFOp++KEanxhEqHwH9vj0m5zvhtq1X80rZBR2Fryb3FvFJet2kt1iuoOgLfG3VqA/6hiwGM46Jn&#10;qFuIIHZk/oIajCIM2MaJwqHAtjVKZw7MZjb9g81jD15nLixO8GeZwv+DVQ/7R/+VUuvB36P6EYTD&#10;TQ+u0zdEOPYaGi43S0IVow/V+UIKAl8V2/EzNjxa2EXMGhxaGhIgsxOHLPXTWWp9iELxz8WyXE7f&#10;8kQU5xYljzLPooDq+banED9qHETa1JJ4lBkd9vchpm6gej6Sijm8M9bmcVonxlpeLcpFvhDQmiYl&#10;M0nqthtLYg/JEPnL1Jj+5bHBRLalNUMtl+dDUCU1PrgmV4lg7HHPnVh3kicpkswXqi02T6wO4dFz&#10;/EZ40yP9kmJkv9Uy/NwBaSnsJ8cKX83m82TQHMwX70sO6DKzvcyAUwxVyyjFcbuJR1PvPJmu50qz&#10;zN3hDU+lNVmwl65OzbKnso4n/yfTXsb51MsrXf8GAAD//wMAUEsDBBQABgAIAAAAIQDaEgd73QAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW7rCBpSmU0HsOmkDCbhljUmq&#10;NU7VZGt5e8wJTpb1f/r9uVxPvhNnHGIbSMFinoFAaoJpySp4e93M7kHEpMnoLhAq+MYI6+ryotSF&#10;CSPt8LxPVnAJxUIrcCn1hZSxceh1nIceibOvMHideB2sNIMeudx3Ms+ylfS6Jb7gdI/PDpvj/uQV&#10;vPSf23ppo6zfk/s4hqdx47ZWqeurqX4EkXBKfzD86rM6VOx0CCcyUXQKZjmDCvIbnhw/LO5WIA7M&#10;ZctbkFUp/z9Q/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDFWmkSBQIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDaEgd73QAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A9D196" w14:textId="36F5AB10" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:left="48" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">J.L. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
@@ -5434,60 +5263,58 @@
         </w:rPr>
         <w:t>La Ciudad de Dios</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 185 (1972) 671-679; I</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">., «Matrimonio cristiano y educación de los hijos, según San Agustín», </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Augustinus</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18 (1973) 373-389.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="433A04E3" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00BB1696" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EB2EA89" w14:textId="7F2077F3" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="005A383F">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -5501,51 +5328,51 @@
       <w:r w:rsidR="00660C90" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>e una nota contiene una serie di riferimenti di un solo autore o di più autori, si segue l’ordine cronologico di pubblicazione, anche se non viene riportata la data di pubblicazione. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00DC450B" w14:textId="2A3EE79C" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D2962">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251755520" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18D15197" wp14:editId="3298557A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>242571</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5828400" cy="806400"/>
                 <wp:effectExtent l="0" t="0" r="20320" b="13335"/>
                 <wp:wrapNone/>
                 <wp:docPr id="87" name="Rectangle 109"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -5569,387 +5396,195 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="1253D5EB" id="Rectangle 109" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:19.1pt;width:458.95pt;height:63.5pt;z-index:251755520;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6QKrzAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJki414hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx8lp2m2vhXTg0CK0iF5eLS6OVjD9gqDBlfz6aTkTDkJjXZdzX98v3+3&#10;5CxE4RphwKmaH1XgN+u3b1aDr9QMejCNQkYgLlSDr3kfo6+KIsheWREm4JWjYAtoRSQXu6JBMRC6&#10;NcWsLK+KAbDxCFKFQKd3Y5CvM37bKhm/tm1QkZmaU20x75j3bdqL9UpUHQrfa3kqQ7yiCiu0o6Rn&#10;qDsRBduhfgFltUQI0MaJBFtA22qpcg/UzbT8p5vHXniVeyFygj/TFP4frPyyf/TfMJUe/APIn4E5&#10;2PTCdeoWEYZeiYbSTRNRxeBDdX6QnEBP2Xb4DA2NVuwiZA4OLdoESN2xQ6b6eKZaHSKTdLhYzpbz&#10;kiYiKbYsr5KdUojq6bXHED8qsCwZNUcaZUYX+4cQx6tPV1IyB/famDxO49hQ8+vFbJEfBDC6ScHc&#10;JHbbjUG2F0kQeZ3y/nXN6kiyNNqm4tIahZLY+OCanCUKbUabijbuRE9iJIkvVFtojsQOwqg5+iNk&#10;9IC/ORtIbzUPv3YCFWfmkyOGr6fzeRJoduaL9zNy8DKyvYwIJwmq5pGz0dzEUdQ7j7rrKdM09+7g&#10;lqbS6kzYc1WnYklTmfKT/pNoL/186/mXrv8AAAD//wMAUEsDBBQABgAIAAAAIQC2Fl4X3AAAAAcB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNOgljbEqQKi10oUJODmxosdNV5H&#10;sduEv2c50eNoRjNvys3kO3HGIbaBFMxnGQikJpiWrIL3t+3dCkRMmozuAqGCH4ywqa6vSl2YMNIr&#10;nvfJCi6hWGgFLqW+kDI2Dr2Os9AjsfcdBq8Ty8FKM+iRy30n8yxbSq9b4gWne3x22Bz3J6/gpf/a&#10;1QsbZf2R3OcxPI1bt7NK3d5M9SOIhFP6D8MfPqNDxUyHcCITRaeAjyQF96scBLvr+cMaxIFjy0UO&#10;sirlJX/1CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALpAqvMCAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALYWXhfcAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAAXAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D515E1C" w14:textId="5DBEF9EF" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D2962">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:left="45" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>P. F</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ransen</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>, «</w:t>
-[...99 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">, «Das Thema Ehescheidung nach Ehebruch auf dem Konzil von Trient», </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>oncilium</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 (1970) 343- 348; L. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bressan</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Il canone tridentino sul divorzio per adulterio e l’interpretazione degli autori</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 194, Roma 1972; </w:t>
+        <w:t xml:space="preserve">, AnGreg 194, Roma 1972; </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Id</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Il divorzio nelle Chiese orientali. Ricerca storica sull’atteggiamento cattolico</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, Bologna 1976; </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Id</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">., «De </w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">», </w:t>
+        <w:t xml:space="preserve">., «De indissolubilitate matrimonii iuxta Concilium Tridentinum», </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Periodica</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 69 (1980) 503-554; H. </w:t>
-[...6 lines deleted...]
-        <w:t>J</w:t>
+        <w:t xml:space="preserve"> 69 (1980) 503-554; H. J</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>edin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> – K. R</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>einhardt</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Il matrimonio: una ricerca storica e teologica</w:t>
@@ -6106,51 +5741,51 @@
       </w:r>
       <w:r w:rsidR="0005212E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Il riferimento all’eventuale collana va in tondo. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01EBA5D4" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="00932EC6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251746304" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F43B901" wp14:editId="42F1332D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>115</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>179416</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4922520" cy="311728"/>
                 <wp:effectExtent l="0" t="0" r="11430" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="90" name="Rectangle 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -6174,51 +5809,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="7342B1D1" id="Rectangle 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:14.15pt;width:387.6pt;height:24.55pt;z-index:251746304;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBisHWHBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lCy9qo6TR1DCGN&#10;gTT4Aa7jJBa2z5zdpuPXc3a7rsAbIg+WL3f33d13n1fXB2vYXmHQ4BpeTqacKSeh1a5v+Levd28W&#10;nIUoXCsMONXwJxX49fr1q9Xoa1XBAKZVyAjEhXr0DR9i9HVRBDkoK8IEvHLk7ACtiGRiX7QoRkK3&#10;pqim03fFCNh6BKlCoL+3RydfZ/yuUzJ+7rqgIjMNp95iPjGf23QW65WoexR+0PLUhviHLqzQjoqe&#10;oW5FFGyH+i8oqyVCgC5OJNgCuk5LlWegacrpH9M8DsKrPAuRE/yZpvD/YOXD/tF/wdR68Pcgvwfm&#10;YDMI16sbRBgHJVoqVyaiitGH+pyQjECpbDt+gpZWK3YRMgeHDm0CpOnYIVP9dKZaHSKT9HO2rKp5&#10;RRuR5HtbllfVIpcQ9XO2xxA/KLAsXRqOtMqMLvb3IaZuRP0ckoo5uNPG5HUax8aGL+fVPCcEMLpN&#10;zjwk9tuNQbYXSRD5O9X9LczqSLI02jZ8cQ4SdWLjvWtzlSi0Od6pE+NO9CRGkvhCvYX2idhBOGqO&#10;3ghdBsCfnI2kt4aHHzuBijPz0RHDy3I2SwLNxmx+lbjBS8/20iOcJKiGR86O1008inrnUfcDVSrz&#10;7A5uaCudzoS9dHVqljSVeTzpP4n20s5RL690/QsAAP//AwBQSwMEFAAGAAgAAAAhAL55oQrbAAAA&#10;BgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQ6C0CtlUAdFrJQpSy82NFztq&#10;vI5itwl/j3uC245mNPO2XE2uE2caQusZ4X6WgSBuvG7ZIHx+rO+WIEJUrFXnmRB+KMCqur4qVaH9&#10;yO903kYjUgmHQiHYGPtCytBYcirMfE+cvG8/OBWTHIzUgxpTuetknmVP0qmW04JVPb1aao7bk0N4&#10;67829dwEWe+i3R/9y7i2G4N4ezPVzyAiTfEvDBf8hA5VYjr4E+sgOoT0SETIlw8gkrtYzHMQh8vx&#10;CLIq5X/86hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBisHWHBAIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC+eaEK2wAAAAYBAAAPAAAA&#10;AAAAAAAAAAAAAF4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="70200768" w14:textId="164D8ED7" w:rsidR="0005212E" w:rsidRDefault="005662C8" w:rsidP="00932EC6">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
@@ -6228,71 +5863,51 @@
         </w:rPr>
         <w:t>P. M</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>eloni</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il profumo dell’immortalità. L’interpretazione patristica di </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1,3</w:t>
+        <w:t>Il profumo dell’immortalità. L’interpretazione patristica di Ct 1,3</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>, Roma 1975, 13</w:t>
       </w:r>
       <w:r w:rsidR="007E7F80">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D3ECBC0" w14:textId="386D869A" w:rsidR="0005212E" w:rsidRDefault="0005212E" w:rsidP="00932EC6">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
@@ -6388,51 +6003,51 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>s.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="462C02E9" w14:textId="1501BBED" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="005662C8" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251749376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50CA3370" wp14:editId="35A70BBE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>198755</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3543300" cy="281940"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="22860"/>
                 <wp:wrapNone/>
                 <wp:docPr id="93" name="Rectangle 35"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -6456,51 +6071,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="3F5EDD2A" id="Rectangle 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:15.65pt;width:279pt;height:22.2pt;z-index:251749376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1PnVBBwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zS9QBs1Xa26LEJa&#10;LtLCB0wdp7FwPGbsNl2+nrHb7VbwhsiD5cnYZ+acOV7dHHsrDpqCQVfLcjSWQjuFjXG7Wn7/dv9m&#10;IUWI4Bqw6HQtn3SQN+vXr1aDr/QEO7SNJsEgLlSDr2UXo6+KIqhO9xBG6LXjZIvUQ+SQdkVDMDB6&#10;b4vJePy2GJAaT6h0CPz37pSU64zftlrFL20bdBS2ltxbzCvldZvWYr2CakfgO6PObcA/dNGDcVz0&#10;AnUHEcSezF9QvVGEAds4UtgX2LZG6cyB2ZTjP9g8duB15sLiBH+RKfw/WPX58Oi/Umo9+AdUP4Jw&#10;uOnA7fQtEQ6dhobLlUmoYvChulxIQeCrYjt8woZHC/uIWYNjS30CZHbimKV+ukitj1Eo/jmdz6bT&#10;MU9EcW6yKJezPIsCqufbnkL8oLEXaVNL4lFmdDg8hJi6ger5SCrm8N5Ym8dpnRhquZxP5vlCQGua&#10;lMwkabfdWBIHSIbIX6bG9K+P9SayLa3pa7m4HIIqqfHeNblKBGNPe+7EurM8SZFkvlBtsXlidQhP&#10;nuM3wpsO6ZcUA/utluHnHkhLYT86VnhZzlgCEXMwm7+bcEDXme11BpxiqFpGKU7bTTyZeu/J7Dqu&#10;VGbuDm95Kq3Jgr10dW6WPZV1PPs/mfY6zqdeXun6NwAAAP//AwBQSwMEFAAGAAgAAAAhAIb/Dt7c&#10;AAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxap61CUMimCoheK1GQgJsb&#10;L3bUeB3FbhP+HnOC42hGM2+q7ex6caExdJ4RVssMBHHrdccG4e11t7gHEaJirXrPhPBNAbb19VWl&#10;Su0nfqHLIRqRSjiUCsHGOJRShtaSU2HpB+LkffnRqZjkaKQe1ZTKXS/XWXYnneo4LVg10JOl9nQ4&#10;O4Tn4XPf5CbI5j3aj5N/nHZ2bxBvb+bmAUSkOf6F4Rc/oUOdmI7+zDqIHmGxTkGEzWoDItl5XqQn&#10;R4QiL0DWlfzPX/8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtT51QQcCAADtAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhv8O3twAAAAHAQAA&#10;DwAAAAAAAAAAAAAAAABhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="176E6175" w14:textId="419AD669" w:rsidR="00262E4E" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rStyle w:val="NotaCar"/>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6561,51 +6176,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00262E4E">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Per fare riferimento a tutti </w:t>
       </w:r>
       <w:r w:rsidR="00AE4492">
         <w:t xml:space="preserve">i volumi dell’opera: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72DF06AB" w14:textId="308170BD" w:rsidR="00AE4492" w:rsidRPr="00AA3CF6" w:rsidRDefault="00AE4492" w:rsidP="00AE4492">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251767808" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="021869C5" wp14:editId="4858A1E1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>114</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>200545</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5022273" cy="281940"/>
                 <wp:effectExtent l="0" t="0" r="26035" b="22860"/>
                 <wp:wrapNone/>
                 <wp:docPr id="45" name="Rectangle 35"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -6629,51 +6244,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="5A856FC5" id="Rectangle 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:15.8pt;width:395.45pt;height:22.2pt;z-index:251767808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqP47+BwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N47dpJtYcVarbLeq&#10;tL1I234AwdhGBYYOJE769R1INhu1b1X9gBgPnJlz5rC6PVjD9gqDBtfwcjLlTDkJrXZ9w79/e3iz&#10;4CxE4VphwKmGH1Xgt+vXr1ajr1UFA5hWISMQF+rRN3yI0ddFEeSgrAgT8MpRsgO0IlKIfdGiGAnd&#10;mqKaTt8VI2DrEaQKgf7en5J8nfG7Tsn4peuCisw0nHqLecW8btNarFei7lH4QctzG+IfurBCOyp6&#10;gboXUbAd6r+grJYIAbo4kWAL6DotVeZAbMrpH2yeBuFV5kLiBH+RKfw/WPl5/+S/Ymo9+EeQPwJz&#10;sBmE69UdIoyDEi2VK5NQxehDfbmQgkBX2Xb8BC2NVuwiZA0OHdoESOzYIUt9vEitDpFJ+jmfVlV1&#10;85YzSblqUS5neRaFqJ9vewzxgwLL0qbhSKPM6GL/GGLqRtTPR1IxBw/amDxO49jY8OW8mucLAYxu&#10;UzKTxH67Mcj2Ihkif5ka0b8+ZnUkWxptG764HBJ1UuO9a3OVKLQ57akT487yJEWS+UK9hfZI6iCc&#10;PEdvhDYD4C/ORvJbw8PPnUDFmfnoSOFlOSMJWMzBbH5TUYDXme11RjhJUA2PnJ22m3gy9c6j7geq&#10;VGbuDu5oKp3Ogr10dW6WPJV1PPs/mfY6zqdeXun6NwAAAP//AwBQSwMEFAAGAAgAAAAhAIBjmbPb&#10;AAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXRCBhjhVQPRaiYIE3Nx4&#10;saPG6yh2m/D3LCe47WhGM2+r9Rx6ccIxdZE0LBcKBFIbbUdOw9vr5uoeRMqGrOkjoYZvTLCuz88q&#10;U9o40QuedtkJLqFUGg0+56GUMrUeg0mLOCCx9xXHYDLL0Uk7monLQy+vlSpkMB3xgjcDPnlsD7tj&#10;0PA8fG6bW5dk8579xyE+Thu/dVpfXszNA4iMc/4Lwy8+o0PNTPt4JJtEr4EfyRpulgUIdu9WagVi&#10;z0ehQNaV/I9f/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBqP47+BwIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCAY5mz2wAAAAYBAAAP&#10;AAAAAAAAAAAAAAAAAGEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="710FB179" w14:textId="18D14B67" w:rsidR="00AE4492" w:rsidRDefault="00AE4492" w:rsidP="00AE4492">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rStyle w:val="NotaCar"/>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6777,51 +6392,51 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C337097" w14:textId="4C4A63B3" w:rsidR="00AC7EA6" w:rsidRPr="00AA3CF6" w:rsidRDefault="00262E4E" w:rsidP="00AC7EA6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251765760" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49781901" wp14:editId="098692A5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>115</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>165100</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788660" cy="367145"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="13970"/>
                 <wp:wrapNone/>
                 <wp:docPr id="20" name="Rectangle 68"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -6845,51 +6460,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="7C8375AF" id="Rectangle 68" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:13pt;width:455.8pt;height:28.9pt;z-index:251765760;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhyj6wBQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjOcqsRpyjSdRjQ&#10;XYBuH6DIsi1MEjVKiZN9/SglTbPtbZgfBNEkD8nDo9XtwRq2Vxg0uJqXozFnyklotOtq/u3rw5sl&#10;ZyEK1wgDTtX8qAK/Xb9+tRp8pSbQg2kUMgJxoRp8zfsYfVUUQfbKijACrxw5W0ArIpnYFQ2KgdCt&#10;KSbj8bwYABuPIFUI9Pf+5OTrjN+2SsbPbRtUZKbm1FvMJ+Zzm85ivRJVh8L3Wp7bEP/QhRXaUdEL&#10;1L2Igu1Q/wVltUQI0MaRBFtA22qp8gw0TTn+Y5qnXniVZyFygr/QFP4frPy0f/JfMLUe/CPI74E5&#10;2PTCdeoOEYZeiYbKlYmoYvChuiQkI1Aq2w4foaHVil2EzMGhRZsAaTp2yFQfL1SrQ2SSfs4Wy+V8&#10;ThuR5Hs7X5TTWS4hqudsjyG+V2BZutQcaZUZXewfQ0zdiOo5JBVz8KCNyes0jg01v5lNZjkhgNFN&#10;cuYhsdtuDLK9SILI37nub2FWR5Kl0bbmy0uQqBIb71yTq0ShzelOnRh3picxksQXqi00R2IH4aQ5&#10;eiN06QF/cjaQ3moefuwEKs7MB0cM35TTaRJoNqazxYQMvPZsrz3CSYKqeeTsdN3Ek6h3HnXXU6Uy&#10;z+7gjrbS6kzYS1fnZklTmcez/pNor+0c9fJK178AAAD//wMAUEsDBBQABgAIAAAAIQB3vtej2wAA&#10;AAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJMiohDiVAHRayUKEnBz48WO&#10;Gq+j2G3C37Oc4LQazWjmbb1Z/CDOOMU+kIJ8lYFA6oLpySp4e93elCBi0mT0EAgVfGOETXN5UevK&#10;hJle8LxPVnAJxUorcCmNlZSxc+h1XIURib2vMHmdWE5WmknPXO4Huc6yQnrdEy84PeKTw+64P3kF&#10;z+Pnrr2zUbbvyX0cw+O8dTur1PXV0j6ASLikvzD84jM6NMx0CCcyUQwK+JGkYF3wZfc+zwsQBwXl&#10;bQmyqeV//OYHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYco+sAUCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAd77Xo9sAAAAGAQAADwAA&#10;AAAAAAAAAAAAAABfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1E9647" w14:textId="324731D9" w:rsidR="00AC7EA6" w:rsidRPr="00AA3CF6" w:rsidRDefault="00AE4492" w:rsidP="00D7710C">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:left="48" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="82" w:name="_Hlk116920835"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
       <w:r w:rsidR="00AC7EA6" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:lang w:val="es-ES"/>
@@ -6927,72 +6542,64 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Moral Fundamental</w:t>
       </w:r>
       <w:r w:rsidR="00AC7EA6" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. II. </w:t>
       </w:r>
       <w:r w:rsidR="00AC7EA6" w:rsidRPr="00262E4E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Moral de la persona y de la familia</w:t>
       </w:r>
       <w:r w:rsidR="00AC7EA6" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Burgos </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00AC7EA6" w:rsidRPr="00AA3CF6">
+        <w:t>, Burgos 1992,</w:t>
+      </w:r>
+      <w:r w:rsidR="00262E4E">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>1992,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00262E4E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7710C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00AC7EA6" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>1993.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:p w14:paraId="208E9738" w14:textId="194C0541" w:rsidR="00AC7EA6" w:rsidRPr="00B138BA" w:rsidRDefault="00AC7EA6" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14725426" w14:textId="0112FEDD" w:rsidR="00AC7EA6" w:rsidRPr="00B138BA" w:rsidRDefault="00AC7EA6" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -7017,90 +6624,79 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– Nel caso di raccolta di opere dello stesso autore si usa (..., in I</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="005662C8" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>./</w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>./Ead</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>., ...). Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C40871F" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251750400" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EFDCA58" wp14:editId="6215C162">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>116840</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3337560" cy="266700"/>
                 <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="94" name="Rectangle 39"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -7124,109 +6720,107 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="26A20065" id="Rectangle 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:9.2pt;width:262.8pt;height:21pt;z-index:251750400;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADnKAzBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjj3tEacokjXYUB3&#10;Abp9ACPLsTBZ1CglTvb1o5Q0Dba3YX4QRFM65Dk8Wt4dOiv2moJBV8nRYCiFdgpr47aV/P7t8d2N&#10;FCGCq8Gi05U86iDvVm/fLHtf6jG2aGtNgkFcKHtfyTZGXxZFUK3uIAzQa8fJBqmDyCFti5qgZ/TO&#10;FuPhcF70SLUnVDoE/vtwSspVxm8areKXpgk6CltJ7i3mlfK6SWuxWkK5JfCtUec24B+66MA4LnqB&#10;eoAIYkfmL6jOKMKATRwo7ApsGqN05sBsRsM/2Dy34HXmwuIEf5Ep/D9Y9Xn/7L9Saj34J1Q/gnC4&#10;bsFt9T0R9q2GmsuNklBF70N5uZCCwFfFpv+ENY8WdhGzBoeGugTI7MQhS328SK0PUSj+OZlMFrM5&#10;T0RxbjyfL4Z5FgWUL7c9hfhBYyfSppLEo8zosH8KMXUD5cuRVMzho7E2j9M60Vfydjae5QsBralT&#10;MpOk7WZtSewhGSJ/mRrTvz7Wmci2tKar5M3lEJRJjfeuzlUiGHvacyfWneVJiiTzhXKD9ZHVITx5&#10;jt8Ib1qkX1L07LdKhp87IC2F/ehY4dvRdJoMmoPpbDHmgK4zm+sMOMVQlYxSnLbreDL1zpPZtlxp&#10;lLk7vOepNCYL9trVuVn2VNbx7P9k2us4n3p9pavfAAAA//8DAFBLAwQUAAYACAAAACEAawBAW9sA&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VI3FqHqKmqEKcKiF4rUSoBNzde&#10;7KjxOordJvw9ywluszOj2VdtZ9+LK46xC6TgYZmBQGqD6cgqOL7tFhsQMWkyug+ECr4xwra+val0&#10;acJEr3g9JCt4hGKpFbiUhlLK2Dr0Oi7DgMTZVxi9TnyOVppRTzzue5ln2Vp63RF/cHrAZ4ft+XDx&#10;Cl6Gz31T2Cib9+Q+zuFp2rm9Ver+bm4eQSSc018ZfvEZHWpmOoULmSh6BYuci2xvViA4LvKCxUnB&#10;OluBrCv5n7/+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAOcoDMGAgAA7QMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGsAQFvbAAAABwEAAA8A&#10;AAAAAAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC9EA5F" w14:textId="73B1F367" w:rsidR="00B10B37" w:rsidRDefault="00B77103" w:rsidP="00B77103">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>eresa di Gesù</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Cammino di perfezione</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, in </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005662C8" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ead</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Opere</w:t>
       </w:r>
       <w:r w:rsidR="002D68C7" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, 921.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2398678B" w14:textId="77777777" w:rsidR="00B10B37" w:rsidRPr="00BB1696" w:rsidRDefault="00B10B37" w:rsidP="00B10B37">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
@@ -7279,51 +6873,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E348AA6" w14:textId="4FE540C3" w:rsidR="00480905" w:rsidRDefault="00B10B37" w:rsidP="00932EC6">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
       <w:r w:rsidR="00480905" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251761664" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DF91E4D" wp14:editId="1EF98FD6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>115</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>265084</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5756275" cy="1177636"/>
                 <wp:effectExtent l="0" t="0" r="15875" b="22860"/>
                 <wp:wrapNone/>
                 <wp:docPr id="19" name="Rectangle 75"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -7373,51 +6967,65 @@
                             </w:r>
                             <w:r w:rsidRPr="00541732">
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
                               <w:t>Obras completas</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00982FBC">
                               <w:rPr>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
                               <w:t xml:space="preserve">, </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
                               <w:t>R</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00541732">
                               <w:rPr>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
-                              <w:t>evisión textual, introducciones y notas al texto: José Vicente Rodríguez; introducciones y notas doctrinales: Federico Ruiz Salvador</w:t>
+                              <w:t>evisión textual, introducciones y notas al texto: José Vicente Rodríguez; introducciones y notas doctrinal</w:t>
+                            </w:r>
+                            <w:bookmarkStart w:id="83" w:name="_GoBack"/>
+                            <w:r w:rsidRPr="00541732">
+                              <w:rPr>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                              <w:t>es:</w:t>
+                            </w:r>
+                            <w:bookmarkEnd w:id="83"/>
+                            <w:r w:rsidRPr="00541732">
+                              <w:rPr>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Federico Ruiz Salvador</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
                               <w:t>, Burgos 2019</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00541732">
                               <w:rPr>
                                 <w:vertAlign w:val="superscript"/>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
                               <w:t>7</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
                               <w:t xml:space="preserve">; </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00541732">
                               <w:rPr>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
                               <w:t xml:space="preserve">trad. italiana, </w:t>
@@ -7691,51 +7299,51 @@
                           <w:p w14:paraId="28926A5A" w14:textId="77777777" w:rsidR="00B10B37" w:rsidRPr="00BB1696" w:rsidRDefault="00B10B37" w:rsidP="00B10B37">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="7DF91E4D" id="Rectangle 75" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:20.85pt;width:453.25pt;height:92.75pt;z-index:251761664;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDx/rw2DQIAAPkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjO4qQ14hRFug4D&#10;ugvQ7QNkWbaFyaJGKbG7rx+lpGm2vQ3zg0Ca5CF5dLS5mQbDDgq9BlvxfDbnTFkJjbZdxb99vX9z&#10;xZkPwjbCgFUVf1Ke32xfv9qMrlQL6ME0ChmBWF+OruJ9CK7MMi97NQg/A6csBVvAQQRyscsaFCOh&#10;DyZbzOerbARsHIJU3tPfu2OQbxN+2yoZPretV4GZitNsIZ2Yzjqe2XYjyg6F67U8jSH+YYpBaEtN&#10;z1B3Igi2R/0X1KAlgoc2zCQMGbStlirtQNvk8z+2eeyFU2kXIse7M03+/8HKT4dH9wXj6N49gPzu&#10;mYVdL2ynbhFh7JVoqF0eicpG58tzQXQ8lbJ6/AgNXa3YB0gcTC0OEZC2Y1Oi+ulMtZoCk/SzWBer&#10;xbrgTFIsz9fr1dtV6iHK53KHPrxXMLBoVBzpLhO8ODz4EMcR5XNK7GbhXhuT7tNYNlb8ulgUqcCD&#10;0U0Mpi2xq3cG2UFERaTv1Pe3tEEH0qXRQ8WvzkmijHS8s03qEoQ2R5smMfbET6Qkqs+XYaonSoxm&#10;Dc0TMYVw1B+9FzJ6wJ+cjaS9ivsfe4GKM/PBEtvX+XIZxZqcZbFekIOXkfoyIqwkqIoHzo7mLhwF&#10;vneou5465YkGC7d0Q61O3L1MdZqb9JUoPb2FKOBLP2W9vNjtLwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;ALudikTdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo04j+ELKpAqLX&#10;ShQkys2NFztqvI5itwlvjznBcTSjmW/KzeQ6caEhtJ4R5rMMBHHjdcsG4f1te7cGEaJirTrPhPBN&#10;ATbV9VWpCu1HfqXLPhqRSjgUCsHG2BdShsaSU2Hme+LkffnBqZjkYKQe1JjKXSfzLFtKp1pOC1b1&#10;9GypOe3PDuGl/9zVCxNk/RHt4eSfxq3dGcTbm6l+BBFpin9h+MVP6FAlpqM/sw6iQ0hHIsL9fAUi&#10;uQ/ZcgHiiJDnqxxkVcr//NUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPH+vDYNAgAA&#10;+QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALudikTd&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" filled="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="3073AA8C" w14:textId="77777777" w:rsidR="00B10B37" w:rsidRPr="00982FBC" w:rsidRDefault="00B10B37" w:rsidP="00480905">
                       <w:pPr>
                         <w:pStyle w:val="Nota"/>
                         <w:ind w:firstLine="0"/>
                         <w:rPr>
                           <w:lang w:val="es-ES"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:smallCaps/>
                           <w:lang w:val="es-ES"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Juan de la Cruz, </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00541732">
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:lang w:val="es-ES"/>
                         </w:rPr>
@@ -8162,51 +7770,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– Per un’opera collettiva, è necessario indicare il curatore o i curatori con «ed.», invariabile, in tondo dopo il nome del curatore o dei curatori. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61617A17" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251751424" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39993EAA" wp14:editId="740F5811">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>137161</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5774400" cy="533400"/>
                 <wp:effectExtent l="0" t="0" r="17145" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="95" name="Rectangle 40"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -8230,51 +7838,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="5235BC94" id="Rectangle 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:10.8pt;width:454.7pt;height:42pt;z-index:251751424;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9FinVAwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk6U14hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx8lu2m2vQ3zg0Ca1CF5eLS+PVrDDgqDBlfx2WTKmXISau3ain/7+vDm&#10;mrMQhauFAacqflKB325ev1r3vlRz6MDUChmBuFD2vuJdjL4siiA7ZUWYgFeOgg2gFZFcbIsaRU/o&#10;1hTz6fRt0QPWHkGqEOjv/RDkm4zfNErGz00TVGSm4tRbzCfmc5fOYrMWZYvCd1qObYh/6MIK7ajo&#10;GepeRMH2qP+CsloiBGjiRIItoGm0VHkGmmY2/WOap054lWchcoI/0xT+H6z8dHjyXzC1HvwjyO+B&#10;Odh2wrXqDhH6Tomays0SUUXvQ3m+kJxAV9mu/wg1rVbsI2QOjg3aBEjTsWOm+nSmWh0jk/RzuVot&#10;FlPaiKTY8uoq2amEKJ9vewzxvQLLklFxpFVmdHF4DHFIfU5JxRw8aGPyOo1jfcVvlvNlvhDA6DoF&#10;85DY7rYG2UEkQeRvrPtbmtWRZGm0rfj1OUmUiY13rs5VotBmsKlp40Z6EiNJfKHcQX0idhAGzdEb&#10;IaMD/MlZT3qrePixF6g4Mx8cMXwzIz5IoNlZLFdzcvAysruMCCcJquKRs8HcxkHUe4+67ajSLM/u&#10;4I620uhM2EtXY7OkqUz5qP8k2ks/Z7280s0vAAAA//8DAFBLAwQUAAYACAAAACEAVr2KpNwAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbluySqtYaToVxK6TGJOAW9aYplrj&#10;VE22lrfHnOBo/59+fy63s+/FFcfYBdKwWioQSE2wHbUajm+7xQOImAxZ0wdCDd8YYVvd3pSmsGGi&#10;V7weUiu4hGJhNLiUhkLK2Dj0Ji7DgMTZVxi9STyOrbSjmbjc9zJTKpfedMQXnBnw2WFzPly8hpfh&#10;c1+v2yjr9+Q+zuFp2rl9q/X93Vw/gkg4pz8YfvVZHSp2OoUL2Sh6DYuMQQ3ZKgfB8UZteHFiTq1z&#10;kFUp/z9Q/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA9FinVAwIAAO0DAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBWvYqk3AAAAAgBAAAPAAAA&#10;AAAAAAAAAAAAAF0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="73959CFE" w14:textId="6A1B4BAB" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="00972932">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:left="36" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>C. Molari</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -8300,77 +7908,52 @@
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Creazione e male del cosmo. Scandalo per l’uomo e sfida per il credente</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, 104.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB4B7E8" w14:textId="1F871772" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="00972932">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="36"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">B. </w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>B. Lauret – F. Refoulé</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, ed., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Iniziazione alla pratica della teologia</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, III, 760.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29000E08" w14:textId="77777777" w:rsidR="002D68C7" w:rsidRPr="00AA3CF6" w:rsidRDefault="002D68C7" w:rsidP="002D68C7">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:tabs>
@@ -8385,70 +7968,70 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1180A629" w14:textId="77777777" w:rsidR="00C520F1" w:rsidRPr="00AA3CF6" w:rsidRDefault="00C520F1" w:rsidP="00C520F1">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CB6226E" w14:textId="75B72626" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="000E3FCF" w:rsidP="007E7F80">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="83" w:name="_Toc33794789"/>
-      <w:bookmarkStart w:id="84" w:name="_Toc33795560"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc33794789"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc33795560"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Articoli</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27E703A0" w14:textId="77777777" w:rsidR="00C520F1" w:rsidRPr="00AA3CF6" w:rsidRDefault="00C520F1" w:rsidP="005B17D5">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7166503F" w14:textId="77777777" w:rsidR="007124D4" w:rsidRDefault="00680AD3" w:rsidP="005B17D5">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:keepNext/>
         <w:rPr>
@@ -8472,51 +8055,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F164272" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="722234A8" wp14:editId="78694718">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>137161</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5860800" cy="349200"/>
                 <wp:effectExtent l="0" t="0" r="26035" b="13335"/>
                 <wp:wrapNone/>
                 <wp:docPr id="44" name="Rectangle 42"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -8540,103 +8123,87 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="7CEA329D" id="Rectangle 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:10.8pt;width:461.5pt;height:27.5pt;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiAb28BQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlplzZqulp1WYS0&#10;LEgLH+A6TmJhe8zYbbp8PWOn2y1wQ+RgeTL2mzdvntfXR2vYQWHQ4Go+nZScKSeh0a6r+bevd2+W&#10;nIUoXCMMOFXzJxX49eb1q/XgKzWDHkyjkBGIC9Xga97H6KuiCLJXVoQJeOUo2QJaESnErmhQDIRu&#10;TTEry6tiAGw8glQh0N/bMck3Gb9tlYyf2zaoyEzNiVvMK+Z1l9ZisxZVh8L3Wp5oiH9gYYV2VPQM&#10;dSuiYHvUf0FZLRECtHEiwRbQtlqq3AN1My3/6OaxF17lXkic4M8yhf8HKx8Oj/4LJurB34P8HpiD&#10;bS9cp24QYeiVaKjcNAlVDD5U5wspCHSV7YZP0NBoxT5C1uDYok2A1B07ZqmfzlKrY2SSfi6WV+Wy&#10;pIlIyr2dr2iWuYSonm97DPGDAsvSpuZIo8zo4nAfYmIjqucjqZiDO21MHqdxbKj5ajFb5AsBjG5S&#10;MjeJ3W5rkB1EMkT+TnV/O2Z1JFsabWtOLOkbjZLUeO+aXCUKbcY9MTHuJE9SJJkvVDtonkgdhNFz&#10;9EZo0wP+5Gwgv9U8/NgLVJyZj44UXk3n82TQHMwX72YU4GVmd5kRThJUzSNn43YbR1PvPequp0rT&#10;3LuDG5pKq7NgL6xOZMlTWceT/5NpL+N86uWVbn4BAAD//wMAUEsDBBQABgAIAAAAIQBipf232wAA&#10;AAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNMgAoRsqoDotRIFifbmxosd&#10;NV5HsduEv8ec4Lgzo5m31Wp2vTjTGDrPCMtFBoK49bpjg/Dxvr55ABGiYq16z4TwTQFW9eVFpUrt&#10;J36j8zYakUo4lArBxjiUUobWklNh4Qfi5H350amYztFIPaoplbte5llWSKc6TgtWDfRiqT1uTw7h&#10;ddhvmjsTZPMZ7e7on6e13RjE66u5eQIRaY5/YfjFT+hQJ6aDP7EOokdIj0SEfFmASO5jfpuEA8J9&#10;UYCsK/kfv/4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYgG9vAUCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYqX9t9sAAAAGAQAADwAA&#10;AAAAAAAAAAAAAABfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="53FFF850" w14:textId="003AF91F" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007124D4">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:left="48" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">F.R. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Romersa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> tuus” al “Gesù</w:t>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, «L’abbandono fiducioso alla divina misericordia in Giovanni Paolo II: Dal “Totus tuus” al “Gesù</w:t>
       </w:r>
       <w:r w:rsidR="00402F85">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00BC42E0" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>confido in Te!”», 143.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F28210F" w14:textId="77777777" w:rsidR="005B17D5" w:rsidRDefault="005B17D5" w:rsidP="005B17D5">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
@@ -8674,51 +8241,51 @@
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, l’anno di pubblicazione e il numero di pagina dell’articolo citato. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BE58AA0" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C065AC9" wp14:editId="753EB68D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>16511</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>146050</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3152140" cy="222885"/>
                 <wp:effectExtent l="0" t="0" r="10160" b="24765"/>
                 <wp:wrapNone/>
                 <wp:docPr id="43" name="Rectangle 43"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -8742,101 +8309,99 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="5AA17417" id="Rectangle 43" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.3pt;margin-top:11.5pt;width:248.2pt;height:17.55pt;z-index:251689984;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtCdxbBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjj2ki014hRFug4D&#10;ugvQ7QMYWY6FyaJGKXGyrx+lpGm3vQ3zgyCa5CF5eLS8PgxW7DUFg66R5WQqhXYKW+O2jfz29e7V&#10;QooQwbVg0elGHnWQ16uXL5ajr3WFPdpWk2AQF+rRN7KP0ddFEVSvBwgT9Nqxs0MaILJJ26IlGBl9&#10;sEU1nb4pRqTWEyodAv+9PTnlKuN3nVbxc9cFHYVtJPcW80n53KSzWC2h3hL43qhzG/APXQxgHBe9&#10;QN1CBLEj8xfUYBRhwC5OFA4Fdp1ROs/A05TTP6Z56MHrPAuTE/yFpvD/YNWn/YP/Qqn14O9RfQ/C&#10;4boHt9U3RDj2GlouVyaiitGH+pKQjMCpYjN+xJZXC7uImYNDR0MC5OnEIVN9vFCtD1Eo/vm6nFfl&#10;jDei2FdV1WIxzyWgfsz2FOJ7jYNIl0YSrzKjw/4+xNQN1I8hqZjDO2NtXqd1Ymzk1bya54SA1rTJ&#10;mYek7WZtSewhCSJ/57q/hQ0msiytGRq5uARBndh459pcJYKxpzt3Yt2ZnsRIEl+oN9gemR3Ck+b4&#10;jfClR/opxch6a2T4sQPSUtgPjhm+KmeJjpiN2fxtxQY992yee8AphmpklOJ0XceTqHeezLbnSmWe&#10;3eENb6UzmbCnrs7NsqYyj2f9J9E+t3PU0ytd/QIAAP//AwBQSwMEFAAGAAgAAAAhAHbvd3zcAAAA&#10;BwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYusGmrWs6FcSukxhIsFvWmKRa&#10;41RNtpZ/jzmxk229p+fvFZvRt+KCfWwCKZhOMhBIdTANWQUf79uHJYiYNBndBkIFPxhhU97eFDo3&#10;YaA3vOyTFRxCMdcKXEpdLmWsHXodJ6FDYu079F4nPnsrTa8HDvetnGXZQnrdEH9wusMXh/Vpf/YK&#10;XrvDrprbKKvP5L5O4XnYup1V6v5urNYgEo7p3wx/+IwOJTMdw5lMFK2C2YKNPB65EctPqxUvRwXz&#10;5RRkWchr/vIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7QncWwQCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdu93fNwAAAAHAQAADwAA&#10;AAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4003FCEF" w14:textId="057200C0" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00BC42E0" w:rsidP="00363119">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>V. A</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>lbanesi</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, «Il peccato sociale», </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Firmana</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 47 (2008) 160.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="740B2A5F" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B657EA3" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -8847,51 +8412,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– Quando in una rivista l’annata è composta da più volumi, questi andranno indicati in numeri romani, subito dopo l’annata e prima dell’anno di pubblicazione. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FB8246F" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="656F8468" wp14:editId="3B20CFD4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>138430</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5732145" cy="236855"/>
                 <wp:effectExtent l="0" t="0" r="20955" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="42" name="Rectangle 44"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
@@ -8916,89 +8481,87 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="7164D4E2" id="Rectangle 44" o:spid="_x0000_s1026" style="position:absolute;margin-left:400.15pt;margin-top:10.9pt;width:451.35pt;height:18.65pt;z-index:251691008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1fI99BQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47duE2NOEWRrsOA&#10;rhvQ9QMUWbaFyaJGKXGyrx+lpGm23Yr5IJAm+Ug+PS1udoNhW4Veg615PplypqyERtuu5s/f7z/M&#10;OfNB2EYYsKrme+X5zfL9u8XoKlVAD6ZRyAjE+mp0Ne9DcFWWedmrQfgJOGUp2AIOIpCLXdagGAl9&#10;MFkxnV5mI2DjEKTynv7eHYJ8mfDbVsnwtW29CszUnGYL6cR0ruOZLRei6lC4XsvjGOINUwxCW2p6&#10;groTQbAN6n+gBi0RPLRhImHIoG21VGkH2iaf/rXNUy+cSrsQOd6daPL/D1Y+bp/cN4yje/cA8odn&#10;Fla9sJ26RYSxV6KhdnkkKhudr04F0fFUytbjF2joasUmQOJg1+IQAWk7tktU709Uq11gkn6WVxdF&#10;Pis5kxQrLi7nZZlaiOql2qEPnxQMLBo1R7rKhC62Dz7EaUT1khKbWbjXxqTrNJaNNb8uizIVeDC6&#10;icG0JHbrlUG2FVEQ6Tv2/SNt0IFkafRQ8/kpSVSRjY+2SV2C0OZg0yTGHumJjETx+WoNzZ7YQTho&#10;jt4IGT3gL85G0lvN/c+NQMWZ+WyJ4et8NosCTc6svCrIwfPI+jwirCSomgfODuYqHES9cai7njrl&#10;aXcLt3QrrU6EvU51HJY0lXg86j+K9txPWa+vdPkbAAD//wMAUEsDBBQABgAIAAAAIQB0EJfJ2wAA&#10;AAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTM/BTsMwDAbgOxLvEBmJG0tbaYOVulNB7DqJgQTcsiYk&#10;1RqnarK1e3vMCY7Wb/3+XG1m34uzGWMXCCFfZCAMtUF3ZBHe37Z3DyBiUqRVH8ggXEyETX19ValS&#10;h4lezXmfrOASiqVCcCkNpZSxdcaruAiDIc6+w+hV4nG0Uo9q4nLfyyLLVtKrjviCU4N5dqY97k8e&#10;4WX42jVLG2XzkdznMTxNW7eziLc3c/MIIpk5/S3DL5/pULPpEE6ko+gR+JGEUOTs53SdFfcgDgjL&#10;dQ6yruR/fv0DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANXyPfQUCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdBCXydsAAAAGAQAADwAA&#10;AAAAAAAAAAAAAABfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="465A7B7C" w14:textId="2F589CA6" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00BC42E0" w:rsidP="00BC42E0">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">F. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Occhetta</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, «La pace nel pensiero dei Papi nel Novecento», </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>La Civiltà Cattolica</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 161/IV (2010) 540.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="184010A0" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00BC42E0">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -9015,51 +8578,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Per gli articoli di giornali, occorre riportare tre informazioni importanti: la testata giornalistica, la data per esteso e la pagina. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73F48812" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D35FA55" wp14:editId="75DF16C3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-1269</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>127636</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5554980" cy="259080"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="40" name="Rectangle 46"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -9083,51 +8646,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="0F50CA97" id="Rectangle 46" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:10.05pt;width:437.4pt;height:20.4pt;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDs8YVBAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GP0zAMfkfiP0R5Z92mFbZq3em04xDS&#10;wSEd/IAsTduIJA5Otm78epx0txvwhuhDZNfOZ/vzl/XN0Rp2UBg0uJrPJlPOlJPQaNfV/NvX+zdL&#10;zkIUrhEGnKr5SQV+s3n9aj34Ss2hB9MoZATiQjX4mvcx+qooguyVFWECXjkKtoBWRHKxKxoUA6Fb&#10;U8yn07fFANh4BKlCoL93Y5BvMn7bKhkf2zaoyEzNqbeYT8znLp3FZi2qDoXvtTy3If6hCyu0o6IX&#10;qDsRBduj/gvKaokQoI0TCbaAttVS5Rlomtn0j2meeuFVnoXICf5CU/h/sPLz4cl/wdR68A8gvwfm&#10;YNsL16lbRBh6JRoqN0tEFYMP1eVCcgJdZbvhEzS0WrGPkDk4tmgTIE3Hjpnq04VqdYxM0s+yLBer&#10;JW1EUmxerqZkpxKier7tMcQPCixLRs2RVpnRxeEhxDH1OSUVc3CvjcnrNI4NNV+V8zJfCGB0k4J5&#10;SOx2W4PsIJIg8neu+1ua1ZFkabSt+fKSJKrExnvX5CpRaDPa1LRxZ3oSI0l8odpBcyJ2EEbN0Rsh&#10;owf8ydlAeqt5+LEXqDgzHx0xvJotFkmg2VmU7+bk4HVkdx0RThJUzSNno7mNo6j3HnXXU6VZnt3B&#10;LW2l1Zmwl67OzZKmMuVn/SfRXvs56+WVbn4BAAD//wMAUEsDBBQABgAIAAAAIQAMsFRN3AAAAAcB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSPyDtUjcWrsRhBKyqQKi10oUJODmJosdNV5H&#10;sduEv8ec4Dia0ZtXbmbXizONofOMsFoqEMSNbzs2CG+v28UaRIiaW917JoRvCrCpLi9KXbR+4hc6&#10;76MRCcKh0Ag2xqGQMjSWnA5LPxCn7suPTscURyPbUU8J7nqZKZVLpztOD1YP9GSpOe5PDuF5+NzV&#10;tybI+j3aj6N/nLZ2ZxCvr+b6AUSkOf6N4Vc/qUOVnA7+xG0QPcIiS0OETK1ApHp9d5ODOCDk6h5k&#10;Vcr//tUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOzxhUECAgAA7QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAywVE3cAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAAXAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="07151EA4" w14:textId="7CA89F00" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="000B4416" w:rsidP="000B4416">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -9203,51 +8766,51 @@
       <w:r w:rsidR="009D24F3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, seguire l’esempio: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DA1584F" w14:textId="77777777" w:rsidR="005B17D5" w:rsidRPr="00AA3CF6" w:rsidRDefault="005B17D5" w:rsidP="005B17D5">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251763712" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="559D964A" wp14:editId="199B6F79">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>154305</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5796000" cy="450000"/>
                 <wp:effectExtent l="0" t="0" r="14605" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="Rectangle 76"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -9271,144 +8834,134 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="18C17A79" id="Rectangle 76" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:12.15pt;width:456.4pt;height:35.45pt;z-index:251763712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8NGTVBQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkrYx4hRFug4D&#10;ugvQ7QMYWbaFyaJGKXG6rx+lpGmwvQ3zg0Ca4iF5eLS6PQxW7DUFg66W00kphXYKG+O6Wn7/9vDu&#10;RooQwTVg0elaPusgb9dv36xGX+kZ9mgbTYJBXKhGX8s+Rl8VRVC9HiBM0GvHwRZpgMgudUVDMDL6&#10;YItZWV4VI1LjCZUOgf/eH4NynfHbVqv4pW2DjsLWknuL+aR8btNZrFdQdQS+N+rUBvxDFwMYx0XP&#10;UPcQQezI/AU1GEUYsI0ThUOBbWuUzjPwNNPyj2meevA6z8LkBH+mKfw/WPV5/+S/Umo9+EdUP4Jw&#10;uOnBdfqOCMdeQ8PlpomoYvShOickJ3Cq2I6fsOHVwi5i5uDQ0pAAeTpxyFQ/n6nWhygU/1xcL6/K&#10;kjeiODZfsJl3UUD1ku0pxA8aB5GMWhKvMqPD/jHE1A1UL1dSMYcPxtq8TuvEWMvlYrbICQGtaVIw&#10;D0nddmNJ7CEJIn95NB7/8tpgIsvSmqGWN+dLUCU23rsmV4lg7NHmTqw70ZMYSeIL1RabZ2aH8Kg5&#10;fiNs9Ei/pBhZb7UMP3dAWgr70THDy+l8ngSanfniesYOXUa2lxFwiqFqGaU4mpt4FPXOk+l6rjTN&#10;szu84620JhP22tWpWdZU5vGk/yTaSz/fen2l698AAAD//wMAUEsDBBQABgAIAAAAIQCjZE8H2wAA&#10;AAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSP0Ha5G4UaeBVhDiVCmi10qUSsDNjRc7&#10;aryOYrcJf89ygtusZjXzplxPvhMXHGIbSMFinoFAaoJpySo4vG1vH0DEpMnoLhAq+MYI62p2VerC&#10;hJFe8bJPVnAIxUIrcCn1hZSxceh1nIceib2vMHid+BysNIMeOdx3Ms+ylfS6JW5wusdnh81pf/YK&#10;XvrPXb20UdbvyX2cwmbcup1V6uZ6qp9AJJzS3zP84jM6VMx0DGcyUXQKeEhSkN/fgWD3cZHzkCOL&#10;ZQ6yKuV//OoHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/DRk1QUCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAo2RPB9sAAAAGAQAADwAA&#10;AAAAAAAAAAAAAABfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="41C5A026" w14:textId="396DCB23" w:rsidR="005B17D5" w:rsidRPr="00AA3CF6" w:rsidRDefault="009D24F3" w:rsidP="009D24F3">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:left="36" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:smallCaps/>
         </w:rPr>
         <w:t xml:space="preserve">M. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005B17D5" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
         </w:rPr>
-        <w:t>Tábet</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Tábet, </w:t>
       </w:r>
       <w:r w:rsidR="005B17D5" w:rsidRPr="00AA3CF6">
         <w:t>«Creazione e salvezza nella tradizione storico-narrativa del popolo d’Israele», in M.V. F</w:t>
       </w:r>
       <w:r w:rsidR="005B17D5" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
         </w:rPr>
         <w:t xml:space="preserve">abbri </w:t>
       </w:r>
       <w:r w:rsidR="005B17D5" w:rsidRPr="00AA3CF6">
         <w:t xml:space="preserve">– M. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005B17D5" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
         </w:rPr>
         <w:t>Tábet</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005B17D5" w:rsidRPr="00AA3CF6">
         <w:t xml:space="preserve">, ed., </w:t>
       </w:r>
       <w:r w:rsidR="005B17D5" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Creazione e salvezza nella Bibbia</w:t>
       </w:r>
       <w:r w:rsidR="005B17D5" w:rsidRPr="00AA3CF6">
         <w:t>, Roma 2009, 17-48.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B93325" w14:textId="7A06B638" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00B10B37" w:rsidP="00CD48B0">
       <w:pPr>
         <w:pStyle w:val="2gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="85" w:name="_Toc33794793"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="87" w:name="_Toc115969221"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc33794793"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc33795564"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc115969221"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>nciclopedia o dizionario</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="88"/>
     </w:p>
     <w:p w14:paraId="2FEC0C34" w14:textId="63110A9D" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="003F4462">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="005B17D5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Riportare i</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -9434,51 +8987,51 @@
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>il titolo della voce o del lemma in tondo, tra virgolette italiane, + in + il nome e il cognome del curatore dell’enciclopedia o del dizionario, in tondo, il titolo dell’enciclopedia o del dizionario in corsivo, il numero del volume se è un’opera a più volumi, il luogo e l’anno di pubblicazione in tondo, il numero della pagina da cui si è citato. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56666ED4" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251698176" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="411E47D7" wp14:editId="71B4AF5A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>97155</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5846400" cy="284400"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="20955"/>
                 <wp:wrapNone/>
                 <wp:docPr id="35" name="Rectangle 51"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -9502,301 +9055,256 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="18A113D4" id="Rectangle 51" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:7.65pt;width:460.35pt;height:22.4pt;z-index:251698176;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlm4BgAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJki414hRFug4D&#10;ugvQ7QMYWbaFyaJGKXG6rx8lp2m2vQ3zg0Ca1CF5eLS+OfZWHDQFg66Ss8lUCu0U1sa1lfz29f7N&#10;SooQwdVg0elKPukgbzavX60HX+o5dmhrTYJBXCgHX8kuRl8WRVCd7iFM0GvHwQaph8gutUVNMDB6&#10;b4v5dHpVDEi1J1Q6BP57NwblJuM3jVbxc9MEHYWtJPcW80n53KWz2KyhbAl8Z9SpDfiHLnowjoue&#10;oe4ggtiT+QuqN4owYBMnCvsCm8YonWfgaWbTP6Z57MDrPAuTE/yZpvD/YNWnw6P/Qqn14B9QfQ/C&#10;4bYD1+pbIhw6DTWXmyWiisGH8nwhOYGvit3wEWteLewjZg6ODfUJkKcTx0z105lqfYxC8c/lanG1&#10;mPJGFMfmq0WyUwkon297CvG9xl4ko5LEq8zocHgIcUx9TknFHN4ba/M6rRNDJa+X82W+ENCaOgXz&#10;kNTutpbEAZIg8neq+1tabyLL0pq+kqtzEpSJjXeuzlUiGDva3LR1J3oSI0l8odxh/cTsEI6a4zfC&#10;Rof0U4qB9VbJ8GMPpKWwHxwzfD1jDlig2Vks387ZocvI7jICTjFUJaMUo7mNo6j3nkzbcaVZnt3h&#10;LW+lMZmwl65OzbKmMuUn/SfRXvo56+WVbn4BAAD//wMAUEsDBBQABgAIAAAAIQAZq6q42wAAAAYB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN2iFghxqoDotRIFCbi58WJHjddR&#10;7Dbh71lO9Lgzo5m35XoKnTjhkNpIGuYzBQKpibYlp+H9bXNzDyJlQ9Z0kVDDDyZYV5cXpSlsHOkV&#10;T7vsBJdQKowGn3NfSJkaj8GkWeyR2PuOQzCZz8FJO5iRy0MnF0qtZDAt8YI3PT57bA67Y9Dw0n9t&#10;66VLsv7I/vMQn8aN3zqtr6+m+hFExin/h+EPn9GhYqZ9PJJNotPAj2RWl7cg2H1YqDsQew0rNQdZ&#10;lfIcv/oFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZZuAYAICAADtAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAGauquNsAAAAGAQAADwAAAAAA&#10;AAAAAAAAAABcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="32B68F63" w14:textId="7B365E7E" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="007530A9" w:rsidP="007530A9">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">J. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>J. D</w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t>D</w:t>
+          <w:smallCaps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>elorme</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, «Latte», in </w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>elorme</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>X. Leon-Dufour</w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">, «Latte», in </w:t>
+        <w:t xml:space="preserve">, ed., </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
-          <w:smallCaps/>
-[...2 lines deleted...]
-        <w:t>X. Leon-Dufour</w:t>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Dizionario di Teologia Biblica</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">, ed., </w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>, Casale Monferrato 1984, 581.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20A790AC" w14:textId="31849E91" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00CD48B0">
       <w:pPr>
         <w:pStyle w:val="2gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="_Toc33794794"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="90" w:name="_Toc115969222"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc33794794"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc33795565"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc115969222"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Documenti magisteriali</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
     </w:p>
     <w:p w14:paraId="54916632" w14:textId="77777777" w:rsidR="00363923" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="003F4462">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">– Si consiglia di risalire all’organo ufficiale per la promulgazione dei documenti della Chiesa: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Acta Apostolicae </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Acta Apostolicae Sedis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Sedis</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>AAS</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>). Si può anche fare riferimento all’</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Enchiridion</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Enchiridion Vaticanum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>EV</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>) che pubblica pure i documenti della Santa Sede o agli insegnamenti dei papi pubblicati in volumi</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="91" w:name="_Hlk31881132"/>
+      <w:bookmarkStart w:id="92" w:name="_Hlk31881132"/>
     </w:p>
     <w:p w14:paraId="086583BC" w14:textId="052FAACE" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00CD48B0">
       <w:pPr>
         <w:pStyle w:val="3gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="92" w:name="_Toc33794795"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc33794795"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc33795566"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc115969223"/>
+      <w:bookmarkEnd w:id="92"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Documenti Conciliari</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="95"/>
     </w:p>
     <w:p w14:paraId="397B7619" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00680AD3">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251699200" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FF099F5" wp14:editId="0658D823">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>114</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>105756</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5805055" cy="428400"/>
                 <wp:effectExtent l="0" t="0" r="24765" b="10160"/>
                 <wp:wrapNone/>
                 <wp:docPr id="34" name="Rectangle 52"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -9820,180 +9328,170 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="64279ECF" id="Rectangle 52" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:8.35pt;width:457.1pt;height:33.75pt;z-index:251699200;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBh8bmPBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RVA92o6WrVZRHS&#10;cpEWPmDqOI2F4zFjt2n5esZut1vBGyIPlidjn5lz5nh5exis2GsKBl0jp5NSCu0UtsZtG/n928Ob&#10;hRQhgmvBotONPOogb1evXy1HX+sZ9mhbTYJBXKhH38g+Rl8XRVC9HiBM0GvHyQ5pgMghbYuWYGT0&#10;wRazsnxbjEitJ1Q6BP57f0rKVcbvOq3il64LOgrbSO4t5pXyuklrsVpCvSXwvVHnNuAfuhjAOC56&#10;gbqHCGJH5i+owSjCgF2cKBwK7DqjdObAbKblH2yeevA6c2Fxgr/IFP4frPq8f/JfKbUe/COqH0E4&#10;XPfgtvqOCMdeQ8vlpkmoYvShvlxIQeCrYjN+wpZHC7uIWYNDR0MCZHbikKU+XqTWhygU/6wWZVVW&#10;lRSKc/PZYl7mWRRQP9/2FOIHjYNIm0YSjzKjw/4xxNQN1M9HUjGHD8baPE7rxNjIm2pW5QsBrWlT&#10;MpOk7WZtSewhGSJ/mRrTvz42mMi2tGZo5OJyCOqkxnvX5ioRjD3tuRPrzvIkRZL5Qr3B9sjqEJ48&#10;x2+ENz3SLylG9lsjw88dkJbCfnSs8M10Pk8GzcG8ejfjgK4zm+sMOMVQjYxSnLbreDL1zpPZ9lxp&#10;mrk7vOOpdCYL9tLVuVn2VNbx7P9k2us4n3p5pavfAAAA//8DAFBLAwQUAAYACAAAACEAskL9SNwA&#10;AAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j7D5GRuLF0E2yjNJ06xK6T2JCAW9aY&#10;pFrjVE22ln+PObGT9fys9z4X69G34oJ9bAIpmE0zEEh1MA1ZBe+H7f0KREyajG4DoYIfjLAuJzeF&#10;zk0Y6A0v+2QFh1DMtQKXUpdLGWuHXsdp6JDY+w6914llb6Xp9cDhvpXzLFtIrxviBqc7fHFYn/Zn&#10;r+C1+9pVjzbK6iO5z1PYDFu3s0rd3Y7VM4iEY/o/hj98RoeSmY7hTCaKVgE/kni7WIJg92n2MAdx&#10;VLDiKctCXuOXvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBh8bmPBgIAAO0DAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCyQv1I3AAAAAYBAAAP&#10;AAAAAAAAAAAAAAAAAGAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="506E7CC4" w14:textId="66BF373E" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="007530A9">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:ind w:left="72" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Concilio Vaticano</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> II, Costituzione pastorale sulla Chiesa nel mondo contemporaneo </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gaudium et </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Gaudium et spes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 7 dicembre 1965, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>spes</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>AAS</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 58 (1966) 1030.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B54352" w14:textId="5CF2C232" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00CD48B0">
       <w:pPr>
         <w:pStyle w:val="3gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="_Toc33794796"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="97" w:name="_Toc115969224"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc33794796"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc33795567"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc115969224"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Documenti Pontifici</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="98"/>
     </w:p>
     <w:p w14:paraId="3D47FE1D" w14:textId="77777777" w:rsidR="003F4462" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="003F4462">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Un documento pontificio pubblicato in una raccolta è considerato come voce di dizionario. Nella nota, è necessario inserire il volume delle pubblicazioni in numeri romani e quello del fascicolo in cifre arabe, separati da una barra senza spazio, poi spazio e anno di pubblicazione. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79E46BA4" w14:textId="3CD7C908" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="003F4462">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B025E06" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="0010129C">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251700224" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3169184B" wp14:editId="271020CA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>113031</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5763600" cy="581891"/>
                 <wp:effectExtent l="0" t="0" r="27940" b="27940"/>
                 <wp:wrapNone/>
                 <wp:docPr id="33" name="Rectangle 54"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -10017,106 +9515,96 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="65A1E096" id="Rectangle 54" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:8.9pt;width:453.85pt;height:45.8pt;z-index:251700224;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVjxYCBgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1pu23UdLXqsghp&#10;WZAWPsB1nMTC8Zix27R8PWOnm63ghsjB8mTsN/PePG9uT51hR4Vegy15PplypqyEStum5N+/Pbxb&#10;ceaDsJUwYFXJz8rz2+3bN5veFWoGLZhKISMQ64velbwNwRVZ5mWrOuEn4JSlZA3YiUAhNlmFoif0&#10;zmSz6XSZ9YCVQ5DKe/p7PyT5NuHXtZLhS117FZgpOfUW0opp3cc1225E0aBwrZaXNsQ/dNEJbano&#10;CHUvgmAH1H9BdVoieKjDREKXQV1rqRIHYpNP/2Dz3AqnEhcSx7tRJv//YOXT8dl9xdi6d48gf3hm&#10;YdcK26g7ROhbJSoql0ehst75YrwQA09X2b7/DBWNVhwCJA1ONXYRkNixU5L6PEqtToFJ+rm4Wb5f&#10;TmkiknKLVb5aDyVE8XLboQ8fFXQsbkqONMqELo6PPsRuRPFyJBaz8KCNSeM0lvUlXy9mi3TBg9FV&#10;TCaS2Ox3BtlRREOkL1Ej+tfHOh3IlkZ3JV+Nh0QR1fhgq1QlCG2GPXVi7EWeqEg0ny/2UJ1JHYTB&#10;c/RGaNMC/uKsJ7+V3P88CFScmU+WFF7n83k0aArmi5sZBXid2V9nhJUEVfLA2bDdhcHUB4e6aalS&#10;nrhbuKOp1DoJ9trVpVnyVNLx4v9o2us4nXp9pdvfAAAA//8DAFBLAwQUAAYACAAAACEAz7XmodoA&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgNAkJDnCogeq1EQQJubrzY&#10;UeN1FLtN+HuWEz3OzGrmbbWaQy+OOKYukobrhQKB1EbbkdPw/ra+egCRsiFr+kio4QcTrOrzs8qU&#10;Nk70isdtdoJLKJVGg895KKVMrcdg0iIOSJx9xzGYzHJ00o5m4vLQyxul7mUwHfGCNwM+e2z320PQ&#10;8DJ8bZo7l2Tzkf3nPj5Na79xWl9ezM0jiIxz/j+GP3xGh5qZdvFANoleAz+S2S2Yn9OlKgoQOzbU&#10;8hZkXclT/voXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFY8WAgYCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAz7XmodoAAAAHAQAADwAA&#10;AAAAAAAAAAAAAABgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="34DDF84D" w14:textId="005938E4" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00770891" w:rsidP="0010129C">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
         <w:keepNext/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Giovanni Paolo </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">II, «Lettera enciclica </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Redemptoris</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Mater</w:t>
+        <w:t>Redemptoris Mater</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">», </w:t>
       </w:r>
       <w:r w:rsidR="006033F8" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>IGP</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -10196,117 +9684,107 @@
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Francesco,</w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Lettera enciclica </w:t>
       </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lumen </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Lumen Fidei</w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>»,</w:t>
+      </w:r>
+      <w:r w:rsidR="006033F8" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
+        <w:rPr>
           <w:i/>
-          <w:iCs/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Insegnamenti di Francesco</w:t>
+      </w:r>
       <w:r w:rsidR="00680AD3" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>»,</w:t>
-[...23 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, I/1 (2013) 460. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4683152B" w14:textId="0EF09BBC" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C84656">
       <w:pPr>
         <w:pStyle w:val="1gradodidivisione"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="98" w:name="_Toc115357764"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc115357764"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc33794800"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc33795571"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc115184994"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc115969228"/>
+      <w:bookmarkEnd w:id="99"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bibliografia</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="103"/>
     </w:p>
     <w:p w14:paraId="1D5BB4C8" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C84656">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>– Si usa il corpo 12, interlinea 1 e uno spazio di 6 punti dopo ogni riferimento;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623324F6" w14:textId="5E2BC558" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00C84656">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
@@ -10371,51 +9849,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EAC34A3" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00AA3CF6">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251703296" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="798C49CB" wp14:editId="026A4EE2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>196851</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5788660" cy="969819"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="20955"/>
                 <wp:wrapNone/>
                 <wp:docPr id="30" name="Rectangle 57"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -10439,218 +9917,201 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="3FDB7CAD" id="Rectangle 57" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:15.5pt;width:455.8pt;height:76.35pt;z-index:251703296;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAO9msvBAIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DJE2MOEWRrsOA&#10;bh3Q7QMUWbaFSaJGKXGyrx+lpGm23Yb5IIgm+Ug+Pq1uD9awvcKgwdW8HI05U05Co11X829fH94t&#10;OAtRuEYYcKrmRxX47frtm9XgKzWBHkyjkBGIC9Xga97H6KuiCLJXVoQReOXI2QJaEcnErmhQDIRu&#10;TTEZj+fFANh4BKlCoL/3JydfZ/y2VTI+tW1QkZmaU28xn5jPbTqL9UpUHQrfa3luQ/xDF1ZoR0Uv&#10;UPciCrZD/ReU1RIhQBtHEmwBbaulyjPQNOX4j2mee+FVnoXICf5CU/h/sPLz/tl/wdR68I8gvwfm&#10;YNML16k7RBh6JRoqVyaiisGH6pKQjECpbDt8goZWK3YRMgeHFm0CpOnYIVN9vFCtDpFJ+jm7WSzm&#10;c9qIJN9yvlyUy1xCVC/ZHkP8oMCydKk50iozutg/hpi6EdVLSCrm4EEbk9dpHBsIdDaZ5YQARjfJ&#10;mYfEbrsxyPYiCSJ/57q/hVkdSZZG25ovLkGiSmy8d02uEoU2pzt1YtyZnsRIEl+ottAciR2Ek+bo&#10;jdClB/zJ2UB6q3n4sROoODMfHTG8LKfTJNBsTGc3EzLw2rO99ggnCarmkbPTdRNPot551F1Plco8&#10;u4M72kqrM2GvXZ2bJU1lHs/6T6K9tnPU6ytd/wIAAP//AwBQSwMEFAAGAAgAAAAhAEDuhwbcAAAA&#10;BwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoEypKCXGqgOi1EgWJ9ubGix01&#10;Xkex24S/ZznR02g1o5m35WrynTjjENtACvJZBgKpCaYlq+DzY323BBGTJqO7QKjgByOsquurUhcm&#10;jPSO522ygksoFlqBS6kvpIyNQ6/jLPRI7H2HwevE52ClGfTI5b6T91m2kF63xAtO9/jqsDluT17B&#10;W7/f1A82yvorud0xvIxrt7FK3d5M9TOIhFP6D8MfPqNDxUyHcCITRaeAH0kK5jkru095vgBx4Nhy&#10;/giyKuUlf/ULAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADvZrLwQCAADtAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQO6HBtwAAAAHAQAADwAA&#10;AAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F6C0909" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00AA3CF6">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mancini, R., </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a nonviolenza della fede. Umanità del cristianesimo e misericordia di Dio</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Brescia 2015.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA38478" w14:textId="0E93E561" w:rsidR="00680AD3" w:rsidRPr="00BB1696" w:rsidRDefault="00680AD3" w:rsidP="00AA3CF6">
+    <w:p w14:paraId="7EA38478" w14:textId="0E93E561" w:rsidR="00680AD3" w:rsidRPr="00D41197" w:rsidRDefault="00680AD3" w:rsidP="00AA3CF6">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BB1696">
+      <w:r w:rsidRPr="00D41197">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...25 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Simian-Yofre, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41197">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>H., «r</w:t>
+      </w:r>
+      <w:r w:rsidR="0010140F" w:rsidRPr="00D41197">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ḥ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB1696">
-[...14 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00D41197">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m», </w:t>
+      </w:r>
+      <w:r w:rsidR="00614185" w:rsidRPr="00D41197">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB1696">
+      <w:r w:rsidRPr="00D41197">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>GLAT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB1696">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00D41197">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, VIII, </w:t>
       </w:r>
-      <w:r w:rsidR="008B675A" w:rsidRPr="00BB1696">
-[...13 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="008B675A" w:rsidRPr="00D41197">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>351-</w:t>
+      </w:r>
+      <w:r w:rsidR="0010140F" w:rsidRPr="00D41197">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>370</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB1696">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00D41197">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3020C6E5" w14:textId="1992D8FA" w:rsidR="00680AD3" w:rsidRDefault="00680AD3" w:rsidP="00AC7EA6">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB1696">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00D41197">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>olf</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="007D06DF" w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -10759,51 +10220,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>er l’ordine dei nomi composti con una particella linguistica si tiene conto della prima lettera maiuscola. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FE1113B" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00292E83">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251708416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B25A94D" wp14:editId="5EDCC13E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>137160</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3396615" cy="1331595"/>
                 <wp:effectExtent l="13335" t="8890" r="9525" b="12065"/>
                 <wp:wrapNone/>
                 <wp:docPr id="25" name="Rectangle 63"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -10827,51 +10288,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="5C408B90" id="Rectangle 63" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:10.8pt;width:267.45pt;height:104.85pt;z-index:251708416;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8VZApBwIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhO4qwx4hRFug4D&#10;ugvQ7QMUWbaFyaJGKXGyrx+luGm2vQ3zg0Ca5CF5dLS+PfaGHRR6Dbbi+WTKmbISam3bin/7+vDm&#10;hjMfhK2FAasqflKe325ev1oPrlQz6MDUChmBWF8OruJdCK7MMi871Qs/AacsBRvAXgRysc1qFAOh&#10;9yabTafLbACsHYJU3tPf+3OQbxJ+0ygZPjeNV4GZitNsIZ2Yzl08s81alC0K12k5jiH+YYpeaEtN&#10;L1D3Igi2R/0XVK8lgocmTCT0GTSNlirtQNvk0z+2eeqEU2kXIse7C03+/8HKT4cn9wXj6N49gvzu&#10;mYVtJ2yr7hBh6JSoqV0eicoG58tLQXQ8lbLd8BFqulqxD5A4ODbYR0Dajh0T1acL1eoYmKSf8/lq&#10;ucwLziTF8vk8L1ZF6iHK53KHPrxX0LNoVBzpLhO8ODz6EMcR5XNK7GbhQRuT7tNYNlR8VcyKVODB&#10;6DoG05bY7rYG2UFERaRv7PtbWq8D6dLovuI3lyRRRjre2Tp1CUKbs02TGDvyEymJ6vPlDuoT0YNw&#10;Fh09EjI6wJ+cDSS4ivsfe4GKM/PBEsWrfLGICk3Oong7IwevI7vriLCSoCoeODub23BW9d6hbjvq&#10;lKfdLdzRtTQ6EfYy1TgsiSrxOD6AqNprP2W9PNPNLwAAAP//AwBQSwMEFAAGAAgAAAAhAPxDXQPd&#10;AAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNxa54cWFOJUAdFrJQoScHOT&#10;xY4ar6PYbcLbs5zocXZGM9+Wm9n14oxj6DwpSJcJCKTGtx0ZBe9v28UDiBA1tbr3hAp+MMCmur4q&#10;ddH6iV7xvI9GcAmFQiuwMQ6FlKGx6HRY+gGJvW8/Oh1Zjka2o5643PUyS5K1dLojXrB6wGeLzXF/&#10;cgpehq9dvTJB1h/Rfh7907S1O6PU7c1cP4KIOMf/MPzhMzpUzHTwJ2qD6BUsMg4qyNI1CLZX+d09&#10;iAMf8jQHWZXy8oHqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHxVkCkHAgAA7gMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPxDXQPdAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAAYQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="785EF606" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00292E83">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
@@ -10992,224 +10453,131 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="23D5DF41" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00292E83">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="2410"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> In </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> In der</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3CF6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>der</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>mitten</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> sotto I</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE27330" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00292E83">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">», </w:t>
+        <w:t xml:space="preserve"> «McKane» viene elencato come se fosse «MacKane», </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3069E995" w14:textId="77777777" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="00292E83">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «</w:t>
-[...35 lines deleted...]
-        <w:t>».</w:t>
+        <w:t xml:space="preserve"> «Nötscher» come se fosse «Noetscher».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F8A3248" w14:textId="77777777" w:rsidR="00087E1E" w:rsidRDefault="00087E1E" w:rsidP="002616AA">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09B67B46" w14:textId="48F99439" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="002616AA">
       <w:pPr>
         <w:pStyle w:val="Normale-Testo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">– Se lo stesso autore ha più di un titolo, non si ripete il nome dell’autore, ma </w:t>
@@ -11235,51 +10603,51 @@
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> i titoli vengono posti secondo l’ordine cronologico. Es.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A3EBE5" w14:textId="4F4E666A" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="0010129C">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10423805" wp14:editId="576BD4F5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-9525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>113030</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5844540" cy="1104900"/>
                 <wp:effectExtent l="5080" t="11430" r="8255" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="22" name="Rectangle 66"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
@@ -11303,51 +10671,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:rect w14:anchorId="3E1F6F8B" id="Rectangle 66" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.75pt;margin-top:8.9pt;width:460.2pt;height:87pt;z-index:251710464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4G7bVBgIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOnK0x4hRFug4D&#10;ugvQ7QMUWbaFSaJGKXGyrx+lpGmwvQ3zgyCa5CHPIbW6PVjD9gqDBtfyalZyppyETruh5d+/Pby5&#10;4SxE4TphwKmWH1Xgt+vXr1aTb9QcRjCdQkYgLjSTb/kYo2+KIshRWRFm4JUjZw9oRSQTh6JDMRG6&#10;NcW8LN8WE2DnEaQKgf7en5x8nfH7Xsn4pe+Disy0nHqL+cR8btNZrFeiGVD4UctzG+IfurBCOyp6&#10;gboXUbAd6r+grJYIAfo4k2AL6HstVeZAbKryDzZPo/AqcyFxgr/IFP4frPy8f/JfMbUe/CPIH4E5&#10;2IzCDeoOEaZRiY7KVUmoYvKhuSQkI1Aq206foKPRil2ErMGhR5sAiR07ZKmPF6nVITJJPxc3db2o&#10;aSKSfFVV1ssyD6MQzXO6xxA/KLAsXVqONMsML/aPIaZ2RPMckqo5eNDG5Hkax6aWLxfzRU4IYHSX&#10;nJklDtuNQbYXaSPyl7kR/+swqyPtpdG25TeXINEkOd67LleJQpvTnTox7qxPkiRtX2i20B1JHoTT&#10;0tEjocsI+IuziRau5eHnTqDizHx0JPGyqpMeMRv14t2cDLz2bK89wkmCannk7HTdxNNW7zzqYaRK&#10;Vebu4I7G0uss2EtX52ZpqbKO5weQtvbazlEvz3T9GwAA//8DAFBLAwQUAAYACAAAACEAcIw44dsA&#10;AAAJAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxa50gFdo0ThUQvVaiRQJubry1&#10;o8brKHab8PcsJ7jtPDQ7U24m34krDrENpCCfZyCQmmBasgreD9vZEkRMmozuAqGCb4ywqW5vSl2Y&#10;MNIbXvfJCg6hWGgFLqW+kDI2Dr2O89AjsXYKg9eJ4WClGfTI4b6TD1n2KL1uiT843eOLw+a8v3gF&#10;r/3Xrl7YKOuP5D7P4Xncup1V6v5uqtcgEk7pzwy/9bk6VNzpGC5kougUzPIFO5l/4gWsr/LlCsSR&#10;Cb5AVqX8v6D6AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADgbttUGAgAA7gMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHCMOOHbAAAACQEAAA8A&#10;AAAAAAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="039D8444" w14:textId="4CA29113" w:rsidR="00680AD3" w:rsidRPr="00AA3CF6" w:rsidRDefault="00680AD3" w:rsidP="0010129C">
       <w:pPr>
         <w:pStyle w:val="BibliografiaTeresianum"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> M</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:smallCaps/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -11443,275 +10811,275 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Discepoli del risorto</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3CF6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Cinisello Balsamo 2014.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00243F4B" w:rsidRPr="00AA3CF6" w:rsidSect="00760381">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1701" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FF3FFD6" w14:textId="77777777" w:rsidR="00A11235" w:rsidRDefault="00A11235">
+    <w:p w14:paraId="261A9E00" w14:textId="77777777" w:rsidR="00B614C1" w:rsidRDefault="00B614C1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="648529C0" w14:textId="77777777" w:rsidR="00A11235" w:rsidRDefault="00A11235">
+    <w:p w14:paraId="48E5006F" w14:textId="77777777" w:rsidR="00B614C1" w:rsidRDefault="00B614C1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times-Roman">
-    <w:altName w:val="Times"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Palatino">
-    <w:panose1 w:val="02040602050305020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1504663760"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="5B386AF3" w14:textId="168DA610" w:rsidR="00760381" w:rsidRPr="00760381" w:rsidRDefault="00760381">
         <w:pPr>
           <w:pStyle w:val="Pidipagina"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00760381">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00760381">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00760381">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00760381">
+        <w:r w:rsidR="00D41197">
           <w:rPr>
+            <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r w:rsidRPr="00760381">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2702CC65" w14:textId="77777777" w:rsidR="00760381" w:rsidRDefault="00760381">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="1A2A8BE7" w14:textId="5671DB29" w:rsidR="00760381" w:rsidRPr="00760381" w:rsidRDefault="00760381">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3B1B1CBF" w14:textId="77777777" w:rsidR="00760381" w:rsidRDefault="00760381">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C728A2B" w14:textId="77777777" w:rsidR="00A11235" w:rsidRDefault="00A11235">
+    <w:p w14:paraId="53632BFB" w14:textId="77777777" w:rsidR="00B614C1" w:rsidRDefault="00B614C1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24DD558C" w14:textId="77777777" w:rsidR="00A11235" w:rsidRDefault="00A11235" w:rsidP="007C15EB">
+    <w:p w14:paraId="3F0D5153" w14:textId="77777777" w:rsidR="00B614C1" w:rsidRDefault="00B614C1" w:rsidP="007C15EB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A27AF67" w14:textId="77777777" w:rsidR="00A11235" w:rsidRDefault="00A11235"/>
+    <w:p w14:paraId="7CF5BFC1" w14:textId="77777777" w:rsidR="00B614C1" w:rsidRDefault="00B614C1"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="50999E9A" w14:textId="77777777" w:rsidR="00A11235" w:rsidRDefault="00A11235"/>
+    <w:p w14:paraId="3E8B2596" w14:textId="77777777" w:rsidR="00B614C1" w:rsidRDefault="00B614C1"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="6FEE00D2" w14:textId="77777777" w:rsidR="00ED7C15" w:rsidRPr="00FC4685" w:rsidRDefault="00ED7C15" w:rsidP="00ED7C15">
       <w:pPr>
         <w:pStyle w:val="Nota"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC4685">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00FC4685">
         <w:t xml:space="preserve"> S. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4685">
         <w:rPr>
           <w:smallCaps/>
         </w:rPr>
         <w:t>Pinto</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4685">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4685">
@@ -12007,63 +11375,63 @@
       </w:r>
       <w:r w:rsidRPr="00FC4685">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>IBXVI</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4685">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4685">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Insegnamenti di Benedetto XVI</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4685">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="709FCF11" w14:textId="46B2D7BC" w:rsidR="003A5BFF" w:rsidRDefault="003A5BFF" w:rsidP="008D2299">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00515635"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2548A97E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -12135,51 +11503,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="00A0362E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="741CD8C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -12221,101 +11589,101 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="03BA1D21"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9454E57A"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="082A620A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E5AD422"/>
     <w:lvl w:ilvl="0" w:tplc="9EB27FFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -12360,51 +11728,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="09BB6ACE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4E9E8312"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
@@ -12501,51 +11869,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="10D74A63"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="64243C28"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -12614,51 +11982,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="13487596"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDC071FE"/>
     <w:lvl w:ilvl="0" w:tplc="2EEA34EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -12703,51 +12071,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4740" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="13D62BAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D4871C4"/>
     <w:lvl w:ilvl="0" w:tplc="E402E1DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -12792,51 +12160,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="15870B48"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9454E57A"/>
     <w:styleLink w:val="Stile1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2"/>
@@ -12913,51 +12281,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="16BD0B65"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C4B8396E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
@@ -13029,51 +12397,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="199B0B50"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0D921F0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -13115,51 +12483,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="1A224F05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B5B4272C"/>
     <w:lvl w:ilvl="0" w:tplc="05FA848E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13228,51 +12596,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="1A8E5D5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="293EB202"/>
     <w:lvl w:ilvl="0" w:tplc="B97659B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -13317,57 +12685,57 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="1BC636AA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E42A5D0"/>
     <w:numStyleLink w:val="StilenormeTeresianum"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="1C441A62"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C6A0A1FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -13409,51 +12777,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="1F8E4F8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B366BB8"/>
     <w:lvl w:ilvl="0" w:tplc="9D544908">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -13498,51 +12866,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="290B42CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D4871C4"/>
     <w:lvl w:ilvl="0" w:tplc="E402E1DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Titolo4"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13588,51 +12956,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="29530A25"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9454E57A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -13708,51 +13076,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="29AF5E73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99B64BA0"/>
     <w:lvl w:ilvl="0" w:tplc="D8D63F7A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -13797,63 +13165,63 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="2E3A123D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E42A5D0"/>
     <w:numStyleLink w:val="StilenormeTeresianum"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="333824AA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E42A5D0"/>
     <w:numStyleLink w:val="StilenormeTeresianum"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="3415473B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D460E140"/>
     <w:lvl w:ilvl="0" w:tplc="8AF2EC10">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -13898,51 +13266,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="35AA7649"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E3722A2A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -14011,51 +13379,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23">
     <w:nsid w:val="38067BB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D4323674"/>
     <w:lvl w:ilvl="0" w:tplc="2E281EDA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -14100,57 +13468,57 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="39BE6200"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E42A5D0"/>
     <w:numStyleLink w:val="StilenormeTeresianum"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25">
     <w:nsid w:val="3C5D6EDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4B48DA6"/>
     <w:lvl w:ilvl="0" w:tplc="8CE82200">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -14195,51 +13563,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26">
     <w:nsid w:val="4E171E77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3E2141C"/>
     <w:lvl w:ilvl="0" w:tplc="419A0EA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -14284,51 +13652,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27">
     <w:nsid w:val="4F5405C4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1AEAC3C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -14397,51 +13765,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28">
     <w:nsid w:val="51126ACE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E962E088"/>
     <w:styleLink w:val="Stile2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14514,51 +13882,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29">
     <w:nsid w:val="54BC661B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E42A5D0"/>
     <w:styleLink w:val="StilenormeTeresianum"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Parte"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Capitolo"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
@@ -14642,51 +14010,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30">
     <w:nsid w:val="5761635E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EADA3B66"/>
     <w:lvl w:ilvl="0" w:tplc="CC86AFAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -14731,51 +14099,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31">
     <w:nsid w:val="58F45F1F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="53C2ABF2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
@@ -14817,51 +14185,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32">
     <w:nsid w:val="5B9A7BD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="662C2BA6"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAACF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -14906,51 +14274,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33">
     <w:nsid w:val="61D916F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7E41B06"/>
     <w:lvl w:ilvl="0" w:tplc="4F783B2E">
       <w:start w:val="16"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15019,51 +14387,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34">
     <w:nsid w:val="65552FA4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="90C687EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titolo1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titolo2"/>
@@ -15167,51 +14535,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35">
     <w:nsid w:val="796C6EDA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A6A0D544"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo11"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo21"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -15262,350 +14630,348 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo81"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo91"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1438450078">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="32968445">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="399210816">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1236937404">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1503739815">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1311136135">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="7"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="461963369">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1076628476">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="331030246">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1760909595">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="764377303">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1700012075">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1622103829">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="2012486811">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1208109288">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1350990350">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1117602545">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="668338376">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="26758794">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1879932456">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1225683011">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="528224723">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="323777950">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1864590616">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="943685473">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="594363064">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1216625751">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="956958230">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="486097981">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1489446271">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1942762973">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="823204760">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1868060124">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1332177755">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="464394016">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1771268719">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="891385469">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="1755273297">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="428628162">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="869955965">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1705062285">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="864563454">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="26"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1421" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="284"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003402E2"/>
     <w:rsid w:val="00005DA6"/>
     <w:rsid w:val="00016B0A"/>
     <w:rsid w:val="000236B3"/>
     <w:rsid w:val="000269B1"/>
     <w:rsid w:val="00030182"/>
     <w:rsid w:val="00045E23"/>
     <w:rsid w:val="0005212E"/>
     <w:rsid w:val="00087E1E"/>
     <w:rsid w:val="000A4B77"/>
     <w:rsid w:val="000B4416"/>
     <w:rsid w:val="000B640F"/>
     <w:rsid w:val="000D4CDD"/>
     <w:rsid w:val="000D5AA6"/>
     <w:rsid w:val="000E3FCF"/>
     <w:rsid w:val="000E6725"/>
     <w:rsid w:val="000F0132"/>
     <w:rsid w:val="0010129C"/>
     <w:rsid w:val="0010140F"/>
     <w:rsid w:val="00114B56"/>
     <w:rsid w:val="00116FD9"/>
     <w:rsid w:val="00137DC4"/>
     <w:rsid w:val="00146BCF"/>
@@ -15810,84 +15176,86 @@
     <w:rsid w:val="00A55E8F"/>
     <w:rsid w:val="00A5612E"/>
     <w:rsid w:val="00A627BB"/>
     <w:rsid w:val="00A62FAA"/>
     <w:rsid w:val="00A713F5"/>
     <w:rsid w:val="00A72603"/>
     <w:rsid w:val="00A84405"/>
     <w:rsid w:val="00A94A3B"/>
     <w:rsid w:val="00AA2DE3"/>
     <w:rsid w:val="00AA3CF6"/>
     <w:rsid w:val="00AC1150"/>
     <w:rsid w:val="00AC7EA6"/>
     <w:rsid w:val="00AD2E2C"/>
     <w:rsid w:val="00AE4492"/>
     <w:rsid w:val="00AE6B52"/>
     <w:rsid w:val="00AF02B8"/>
     <w:rsid w:val="00AF6712"/>
     <w:rsid w:val="00B10B37"/>
     <w:rsid w:val="00B138BA"/>
     <w:rsid w:val="00B44E80"/>
     <w:rsid w:val="00B47907"/>
     <w:rsid w:val="00B555C7"/>
     <w:rsid w:val="00B56097"/>
     <w:rsid w:val="00B60034"/>
     <w:rsid w:val="00B611DB"/>
+    <w:rsid w:val="00B614C1"/>
     <w:rsid w:val="00B77103"/>
     <w:rsid w:val="00B84C58"/>
     <w:rsid w:val="00B90B7C"/>
     <w:rsid w:val="00B913E8"/>
     <w:rsid w:val="00B93296"/>
     <w:rsid w:val="00B963BB"/>
     <w:rsid w:val="00BA6E52"/>
     <w:rsid w:val="00BB1696"/>
     <w:rsid w:val="00BC42E0"/>
     <w:rsid w:val="00BD1AD8"/>
     <w:rsid w:val="00BE737E"/>
     <w:rsid w:val="00BF7F12"/>
     <w:rsid w:val="00C05618"/>
     <w:rsid w:val="00C10570"/>
     <w:rsid w:val="00C34CB1"/>
     <w:rsid w:val="00C4688B"/>
     <w:rsid w:val="00C51A12"/>
     <w:rsid w:val="00C520F1"/>
     <w:rsid w:val="00C55037"/>
     <w:rsid w:val="00C61946"/>
     <w:rsid w:val="00C7664F"/>
     <w:rsid w:val="00C82526"/>
     <w:rsid w:val="00C84656"/>
     <w:rsid w:val="00C87BEA"/>
     <w:rsid w:val="00CA591A"/>
     <w:rsid w:val="00CA68CD"/>
     <w:rsid w:val="00CB70A7"/>
     <w:rsid w:val="00CC77E1"/>
     <w:rsid w:val="00CD48B0"/>
     <w:rsid w:val="00CF44FE"/>
     <w:rsid w:val="00D0338A"/>
     <w:rsid w:val="00D05C0F"/>
     <w:rsid w:val="00D158C1"/>
     <w:rsid w:val="00D2206E"/>
+    <w:rsid w:val="00D41197"/>
     <w:rsid w:val="00D524E3"/>
     <w:rsid w:val="00D56CCD"/>
     <w:rsid w:val="00D63415"/>
     <w:rsid w:val="00D7225D"/>
     <w:rsid w:val="00D7710C"/>
     <w:rsid w:val="00D80528"/>
     <w:rsid w:val="00D80DEE"/>
     <w:rsid w:val="00D873F1"/>
     <w:rsid w:val="00D908A7"/>
     <w:rsid w:val="00D93923"/>
     <w:rsid w:val="00D9564E"/>
     <w:rsid w:val="00DA3C04"/>
     <w:rsid w:val="00DC790A"/>
     <w:rsid w:val="00DD2200"/>
     <w:rsid w:val="00DE749D"/>
     <w:rsid w:val="00DF23F4"/>
     <w:rsid w:val="00DF4ACA"/>
     <w:rsid w:val="00DF73CD"/>
     <w:rsid w:val="00E053E9"/>
     <w:rsid w:val="00E53EFF"/>
     <w:rsid w:val="00E63AC3"/>
     <w:rsid w:val="00E7551F"/>
     <w:rsid w:val="00E84E1F"/>
     <w:rsid w:val="00E97CC1"/>
     <w:rsid w:val="00EA15D2"/>
@@ -15917,80 +15285,80 @@
     <w:rsid w:val="00FB3F0A"/>
     <w:rsid w:val="00FB57BD"/>
     <w:rsid w:val="00FB6731"/>
     <w:rsid w:val="00FC2F58"/>
     <w:rsid w:val="00FC766B"/>
     <w:rsid w:val="00FE1CC7"/>
     <w:rsid w:val="00FE2AAC"/>
     <w:rsid w:val="00FF4B36"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="75B8F309"/>
   <w15:docId w15:val="{87CA684A-0343-4999-AF97-950B6D714128}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="SimSun"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -16318,55 +15686,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:rsid w:val="0029724F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normale"/>
     <w:link w:val="Titolo1Carattere"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:before="600" w:after="300" w:line="240" w:lineRule="auto"/>
@@ -16977,58 +16340,65 @@
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Garamond"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
     </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal-dopoconclusioni">
     <w:name w:val="Normal-dopo conclusioni"/>
     <w:basedOn w:val="Normale"/>
     <w:pPr>
       <w:ind w:firstLine="284"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normale-Bibliografia">
     <w:name w:val="Normale-Bibliografia"/>
     <w:basedOn w:val="Normale"/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:ind w:left="1134" w:hanging="1134"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normale-Testo">
     <w:name w:val="Normale-Testo"/>
@@ -17728,67 +17098,67 @@
     <w:basedOn w:val="Normale"/>
     <w:link w:val="BiblioCarattere"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="005662C8"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="851" w:hanging="851"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BiblioCarattere">
     <w:name w:val="Biblio Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Biblio"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="0029724F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Menzionenonrisolta">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE63C2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -18075,101 +17445,101 @@
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
         <a:noAutofit/>
       </a:bodyPr>
       <a:lstStyle/>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A6574B8-C2D8-4000-B058-E4A418F3BB9F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFC29C48-4E55-4022-B831-69220DABFD5E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
   <Words>2648</Words>
-  <Characters>15096</Characters>
+  <Characters>15098</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>125</Lines>
   <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17709</CharactersWithSpaces>
+  <CharactersWithSpaces>17711</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Iacopo Iadarola</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
     <vt:lpwstr>fb74f7f7100549ad872d1e33de5c1706</vt:lpwstr>
   </property>
 </Properties>
 </file>